--- v0 (2025-11-06)
+++ v1 (2025-12-15)
@@ -1,698 +1,583 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...1 lines deleted...]
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+  <workbookPr defaultThemeVersion="153222"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\urstippo1\Downloads\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="9345" windowHeight="7890"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="12276" windowHeight="7884"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_GoBack" localSheetId="0">Лист1!#REF!</definedName>
   </definedNames>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="125725"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="138">
   <si>
-    <t>Паспорт образовательной программы</t>
-[...32 lines deleted...]
-  <si>
     <t>№</t>
   </si>
   <si>
-    <t>Наименование модуля/дисциплины</t>
-[...13 lines deleted...]
-  <si>
     <t>2/48</t>
   </si>
   <si>
     <t>1/24</t>
   </si>
   <si>
     <t>6/144</t>
   </si>
   <si>
     <t>5/120</t>
   </si>
   <si>
     <t>3/72</t>
   </si>
   <si>
     <t>4/96</t>
   </si>
   <si>
-    <t>Дата прохождения специализированной аккредитации по данной специальности (при наличии):</t>
-[...1 lines deleted...]
-  <si>
     <t>0,5/12</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
-    <t>основное среднее образование</t>
-[...2 lines deleted...]
-    <t xml:space="preserve"> русский</t>
+    <t>Мамандықтың коды және атауы:</t>
+  </si>
+  <si>
+    <t>Білім беру бағдарламасының мақсаты-маркетингтік зерттеулер жүргізе алатын, интернетте өнімдер мен қызметтерді жылжыта алатын,кәсіби білімі бар,ынталы, шығармашылық, еңбек нарығы мен технология жағдайларына бейімделе алатын компанияның имиджі мен іскерлік беделін қалыптастыруға қабілетті жаңа формациядағы маман маркетологты даярлау.</t>
+  </si>
+  <si>
+    <t>күндізгі</t>
+  </si>
+  <si>
+    <t>Оқыту тілі:</t>
+  </si>
+  <si>
+    <t>Кредиттердің жалпы көлемі:</t>
+  </si>
+  <si>
+    <t>Білім беру қызметімен айналысуға арналған лицензияның нөмірі:</t>
+  </si>
+  <si>
+    <t>Білім беру қызметімен айналысуға арналған лицензияға қосымшаның нөмірі:</t>
+  </si>
+  <si>
+    <t>Осы мамандық бойынша мамандандырылған аккредиттеуден өту күні (бар болса):</t>
+  </si>
+  <si>
+    <t>Модуль/пән атауы</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Біліктіліктің/біліктіліктердің коды және атауы: </t>
+  </si>
+  <si>
+    <t>Өңір:</t>
+  </si>
+  <si>
+    <t>Әзірлеуші - серіктестер:</t>
+  </si>
+  <si>
+    <t>ҰБШ бойынша деңгейі:</t>
+  </si>
+  <si>
+    <t>СБШ бойынша деңгейі:</t>
+  </si>
+  <si>
+    <t>Кәсіптік стандарт (бар болса):</t>
+  </si>
+  <si>
+    <t>WorldSkills кәсіптік стандарты (бар болса):</t>
+  </si>
+  <si>
+    <t>Білім деңгейі:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Білім беру ұйымының әдістемелік (оқу-әдістемелік, ғылыми-әдістемелік) кеңесінде қарастырылған күні: </t>
+  </si>
+  <si>
+    <t>Білім беру бағдарламасының айрықша ерекшеліктері:</t>
+  </si>
+  <si>
+    <t>Оқыту нәтижелері/Пәннің қысқаша сипаттамасы</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Кредиттер/ сағаттар көлемі </t>
+  </si>
+  <si>
+    <t>Модульдер/пәндер мазмұны туралы мәліметтер:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Білім беру бағдарламасының паспорты   
+</t>
+  </si>
+  <si>
+    <t>«Қазтұтынуодағының Павлодар жоғары экономикалық колледжі» БММ</t>
+  </si>
+  <si>
+    <t>Низкоцен ЖШС, "Атриум"  ӨКФ ЖШС</t>
+  </si>
+  <si>
+    <t>мемлекеттік</t>
+  </si>
+  <si>
+    <t>Павлодар облысы</t>
+  </si>
+  <si>
+    <t>ОН 3.2. Сатып алушылармен қолма - қол және қолма-қол ақшасыз тәсілдермен есеп айырысу-кассалық операцияларды орындау.</t>
+  </si>
+  <si>
+    <t>8/192</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KZ93LAA00011622 </t>
+  </si>
+  <si>
+    <t>04140100 Маркетинг</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3W04140101 Сатушы, 4S04140103 Маркетолог                                                                                                                                                                                                                                                                       </t>
+  </si>
+  <si>
+    <t>БМ 1. Дене қасиеттерін дамыту және жетілдіру</t>
+  </si>
+  <si>
+    <t>ОН 1.1. Денсаулықты нығайту және салауатты өмір салты қағидаларын ұстану.</t>
+  </si>
+  <si>
+    <t>БМ 2. Ақпараттық-коммуникациялық және цифрлық технологияларды қолдану</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ОН 4.1. Толеранттылық пен белсенді жеке позицияны қалыптастыратын моральдық құндылықтар мен нормаларды түсіну.
+</t>
+  </si>
+  <si>
+    <t>ОН 4.2. Қазақстан Республикасы халықтары мәдениетінің әлемдік өркениеттегі рөлі мен орнын түсіну.</t>
+  </si>
+  <si>
+    <t>ОН 4.3. Құқықтың негізгі салалары туралы мәліметтерді меңгеру.</t>
+  </si>
+  <si>
+    <t>ОН 4.4. Әлеуметтану мен саясаттанудың негізгі ұғымдарын меңгеру.</t>
+  </si>
+  <si>
+    <t>КМ 1. Тауар өнімін сату алдындағы дайындау және қабылдау</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ОН 1.1. Жұмыс орнында ережелер мен нұсқауларды орындау. Тауар өнімдерін қабылдау, тауарларға баға белгілерін жасау.
+</t>
+  </si>
+  <si>
+    <t>КМ 2. Ақпараттық-кеңес беру қызметтері</t>
+  </si>
+  <si>
+    <t>ОН 2.1. Сатып алушының қажеттіліктерін анықтау.</t>
+  </si>
+  <si>
+    <t>ОН 1.4. Сақтау шарттарына қойылатын талаптарды сақтай отырып.</t>
+  </si>
+  <si>
+    <t>ОН 1.3. Тауарлық өнімнің сақталуын бақылауды жүзеге асыру.</t>
+  </si>
+  <si>
+    <t>ОН 1.2. Сауда жабдықтарын дайындау және тауар өнімдерін орналастыру</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ОН 1.5. Азық-түлік тауарларын сапасы мен саны бойынша қабылдау және сатып алушыларға қызмет көрсету.
+</t>
+  </si>
+  <si>
+    <t>ОН 2.3. Ақпарат беру және шағымдарды шешу арқылы сатып алушыларға көмек көрсету.</t>
+  </si>
+  <si>
+    <t>КМ 3. Тауарды сату және сатып алушылармен есеп айырысу</t>
+  </si>
+  <si>
+    <t>ОН 3.4. Төлемдер бойынша күнделікті есептер қалыптастыру.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ОН 3.3. Электрондық сауда шеңберінде клиенттерден төлемдерді алу және өңдеу. </t>
+  </si>
+  <si>
+    <t>ОН 3.5. Түгендеуге қатысу.</t>
+  </si>
+  <si>
+    <t>КМ 4. Сату көлемі бойынша жоспарланған көрсеткіштерді орындау</t>
+  </si>
+  <si>
+    <t>ОН 4.2. Сату жоспарының орындалуын бақылау.</t>
+  </si>
+  <si>
+    <t>ОН 4.3. Байланысты құрылымдармен өзара әрекеттесу.</t>
+  </si>
+  <si>
+    <t>ОН 5.2. Белгілі бір міндеттер мен бекітілген нысаналы индикаторлар шеңберінде компанияның алдын ала маркетингтік есептерін дайындау.</t>
+  </si>
+  <si>
+    <t>ОН 5.3. Маркетингтік зерттеу жүргізу үшін сауалнама әзірлеу.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ОН 6.1. Өнімді, PR-акцияларды, сатуды ынталандыру бойынша жарнамалық акцияларды ұсыну жоспарларын жасау.
+</t>
+  </si>
+  <si>
+    <t>ОН 6.3. Коммуникациялық науқандарды өткізу бойынша ұйымдастыру мәселелерін шешу.</t>
+  </si>
+  <si>
+    <t>КМ 7. Интернетте өнімдерді, қызметтерді жылжыту</t>
+  </si>
+  <si>
+    <t>ОН 7.1. Автопостинг бағдарламасында контент - жоспарын толтыру.</t>
+  </si>
+  <si>
+    <t>ОН 6.4. Бренд-бук ұйымының дамуына қатысу.</t>
+  </si>
+  <si>
+    <t>ОН 6.2. Клиенттердің максималды санын тарту үшін жарнамалық мәтіндер жасау.</t>
+  </si>
+  <si>
+    <t>КМ 8. Өткізілген маркетингтік іс-шаралардың тиімділігі туралы есептер жасау</t>
+  </si>
+  <si>
+    <t>Аралық, қорытынды аттестаттау</t>
+  </si>
+  <si>
+    <t>ОН 5.5. Маркетингтік зерттеулер нәтижелері негізінде өнімге тұтынушылардың талаптарын талдау.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ОН 5.6.Тауарлар мен қызметтер нарығын кешенді зерттеу саласындағы кәсіби міндеттерді шешу әдістері мен тәсілдерін таңдауды және қолдануды негіздеу.  </t>
+  </si>
+  <si>
+    <t>ОН 5.4. Ақпараттық-компьютерлік технологиялардың көмегімен жүргізілетін маркетингтік зерттеу шеңберінде деректер базасына бастапқы және қайталама ақпаратты жинауды және енгізуді жүзеге асыру.</t>
+  </si>
+  <si>
+    <t>ОН 2.4.Тұтынушыларға кеңес беру қызметтерін жүзеге асыру.</t>
+  </si>
+  <si>
+    <t>ОН 3.1. Номенклатураны қолдана отырып, өнімді сатуды жүзеге асыру.</t>
+  </si>
+  <si>
+    <t>7/168</t>
+  </si>
+  <si>
+    <t>ОН 8.4. Есептерді қалыптастыру.</t>
+  </si>
+  <si>
+    <t>ОН 8.2. Тауар-көлік құжаттамасын жүргізу ережелерін зерттеу.</t>
+  </si>
+  <si>
+    <t>ОН 8.3. Өткізілген маркетингтік іс-шаралардың тиімділік көрсеткіштері ептеу және талдау.</t>
+  </si>
+  <si>
+    <t>9/216</t>
+  </si>
+  <si>
+    <t>КМ 5. Маркетингтік зерттеулерге қатысу</t>
+  </si>
+  <si>
+    <t>3-4</t>
+  </si>
+  <si>
+    <t>013, 012</t>
+  </si>
+  <si>
+    <t>ОН 2.2. Клиенттерге жарнамалық және демонстрациялық өнімдерді ұсыну (шелфинг).</t>
+  </si>
+  <si>
+    <t>ОН 4.1. Клиенттік базаны қалыптастыру.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ОН 5.1. Жарнамаланатын өнімнің ерекшеліктерін зерттеу.
+</t>
+  </si>
+  <si>
+    <t>ОН 7.3. Әлеуметтік желілерде профильдерді сүйемелдеу және жүргізу.</t>
+  </si>
+  <si>
+    <t>ОН 7.4. Компанияның жоспары мен міндеттеріне сәйкес мазмұнды өңдеу және жаңарту.</t>
+  </si>
+  <si>
+    <t>ОН 8.1. Ақпаратты жүйелеу және мәліметтер базасымен жұмыс істеу.</t>
+  </si>
+  <si>
+    <t>ОН 7.2. Жылжыту бағдарламаларында жұмыс істеу.</t>
+  </si>
+  <si>
+    <t>ЖБП 1. Қазақ тілі</t>
+  </si>
+  <si>
+    <t>Қазақ тілін ана тілі ретінде тани отырып, өмірлік қажеттіліктерінде коммуникативтік әрекеттер түрінде (тыңдалым, оқылым, айтылым, жазылым) сауаттылықпен қолдану, күнделікті өзі еркін қолданып жүрген қарым - қатынас құралынан оны тілдік заңдылықтар негізінде танып - білу дағдыларын қалыптастырады. Пәннің мазмұны келесі бөлімдерден тұрады: «Орфография. Тіл және алаш идеясы», «Әлем жаңалықтары: өнер және мәдениет», «Фонетика: Қазіргі қоғам құндылықтары: мәдениет және өнер», «Әдеби норма. Экономикалық интеграция – бүгінгі күннің даму үрдісі», «Сөз мәдениеті. Білім. Ғылым. Инновация», «Сөзжасам. Қазіргі қоғам: әлеуметтік теңсіздік», «Синтаксис. Сәулет өнері», «Пунктуация. Қазіргі әлемдегі саясат және жаһандық  мәселелер», «Қазақстан бейнесі. Қазақстанның өткені мен келешегі. Шешендік сөздер. Орфография. Ғылыми стиль», «Жастар мәдениеті және мәселесі. Шешендік сөздер. Орфография. Публицистикалық стиль», «Қазіргі қоғам. Миграция. Зияткерлік миграция. Шешендік сөздер. Фонетика. Ресми іс қағаздар стилі», «Әлемді өзгерткен өнертабыстары. Шешендік сөздер. Сөз мәдениеті. Публицистикалық стиль», «Бейбітшілік, қауіпсіздік және жаһандық экономика. Шешендік сөздер. Сөз мәдениеті. Көркем әдебиет стилі», «Ұлттың тарихи жәдігерлерін сақтау. Шешендік сөздер. Мәтін», «Табиғат және экология. Шешендік сөздер. Мәтін», «Жаңа әлемдегі театр мен кинематография. Шешендік сөздер. Пунктуация», «Еңбек нарығы және сұраныс. Шешендік сөздер. Пунктуация. Сөйлеу мәнерлілігі»</t>
+  </si>
+  <si>
+    <t>ЖБП 2. Қазақ әдебиеті</t>
+  </si>
+  <si>
+    <t>Креативті ойлауға бағыттау, ойларын ауызша еркін жеткізуіне және жаза білуіне қолдау көрсету, дәлелдер келтіру, салыстыру және анализ жасау, бағалау дағдыларын қалыптастыру. Білім алушылар әдеби жанрларға эксперимент жасау арқылы драмалық шығарманы проза тілімен, прозаны поэзия тілімен жазу тәсілдерін меңгере алады. Пәннің мазмұны келесі бөлімдерден тұрады: «Қалың елім, қазағым», «Прозадағы көркем ой», «Аңызбен өрілген көркем сөз», «Заман, дәуір тұлғасы», «Тарихтың шертіп пернесін», «Пайым мен парасат», «Ғасырлық туынды», «Әдебиеттегі сан сарын»</t>
+  </si>
+  <si>
+    <t>ЖБП 3. Орыс тілі және әдебиеті</t>
+  </si>
+  <si>
+    <t>Орыс тілі мен әдебиетін кіріктірілген оқыту негізінде тілдік дағдыларды жетілдіруге ықпал етеді, коммуникативтік құзыреттілігін қалыптастырады және дамытады, ғылыми-техникалық, көркем-эстетикалық, әлеуметтік салалардағы ақпаратты пайдалануға мүмкіндік береді, жалпы әлемдік білім беру кеңістігінде бағдарлануға көмектеседі. Пәннің мазмұны келесі бөлімдерден тұрады: «Туризм: Экотуризм», «Человек и Родина», «Наука и этика», «Планета. Земля. Океаны», «Литература и искусство», «Тема социального неравенства в СМИ и литературе», «Торговля и помощь. Справедливая торговля», «Значение труда в жизни человека и общества», «Показатель развития общества: экология, биоресурсы», «Свободное время как показатель развития общества», «Человек и история», «Энергия будущего. Энергия слова», «Мир и безопасность», «Театр и кино в современном мире», «Высшая ценность – права человека», «Современное общество: миграция».</t>
+  </si>
+  <si>
+    <t>ЖБП 5. Қазақстан тарихы</t>
+  </si>
+  <si>
+    <t>Қазақстанның түрлі тарихи кезеңдердегі этникалық, саяси, әлеуметтік-экономикалық және мәдени дамуының негізгі мәселелерін ұғынуына, оның әлемдік тарихи үдерістегі орны мен рөлін айқындауына; тарихи санасы, азаматтылығы мен патриотизмі бар тұлғаны қалыптастыруға ықпал етеді. Пәннің мазмұны келесі бөлімдерден тұрады: «Өркениет: даму ерекшеліктері», «Этникалық және әлеуметтік процестер», Мемлекет, соғыс және революциялар тарихынан», «. Мәдениеттің дамуы», «Өркениет: экономикалық даму ерекшеліктері», «Саяси-құқықтық процестер», «Қоғамдық-саяси ойдың дамуы», «. Білім мен ғылымның дамуы».</t>
+  </si>
+  <si>
+    <t>ЖБП 6. Математика</t>
+  </si>
+  <si>
+    <t>ЖБП 7. Информатика</t>
+  </si>
+  <si>
+    <t>ЖБП 8. Өзін-өзі тану</t>
+  </si>
+  <si>
+    <t>ЖБП 9. Алғашқы әскери және технологиялық дайындық</t>
+  </si>
+  <si>
+    <t>Мемлекет қорғанысының негіздері, Қазақстан Республикасы Қарулы Күштерінің тағайындалуы, олардың сипаты мен ерекшеліктері туралы түсініктерді қалыптастырады, әскери қызметке саналы көзқарасты тәрбиелейді, төтенше жағдайларда адамның тіршілік әрекеті қауіпсіздігінің дағдыларын қалыптастырады. Пәнінің мазмұны келесі бөлімдерден тұрады: «Қазақстан Республикасының Қарулы Күштері – мемлекеттік қауіпсіздіктің кепілі», «Әскери қызметтің құқықтық негіздері», «Қазақстан Республикасы Қарулы Күштерінің, басқа да әскерлері мен әскери құрылымдарының жалпыәскери жарғылары», «Тактикалық дайындық», «Атыс дайындығы», «Саптық дайындық»,  «Әскери топография», «Әскери роботты техникалардың негіздері», «Өмір қауіпсіздігі және ақпараттық технологиялар негіздері», «Технологиялық дайындық».</t>
+  </si>
+  <si>
+    <t>ЖБП 10. Дене тәрбиесі</t>
+  </si>
+  <si>
+    <t>ЖБП 11. Биология</t>
+  </si>
+  <si>
+    <t>ЖБП 12. География</t>
+  </si>
+  <si>
+    <t>ЖБП 13. Физика</t>
+  </si>
+  <si>
+    <t>ЖБП 14. Химия</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Визуалды мерчендайзинг құзыреттілігі бойынша WS стандарты   </t>
+  </si>
+  <si>
+    <t>ЖБП4. Шет тілі / ағылшын</t>
+  </si>
+  <si>
+    <t>10.02.2022 ж.</t>
+  </si>
+  <si>
+    <t>"Сауда объектілері болып табылатын мамандандырылмаған дүкендерде сауда алаңы 2000 ш.м. (2000 ш. м. және одан жоғары) басым тамақ өнімдерін, сусындар мен темекі бұйымдарын бөлшек сауда" "Атамекен" ҰКП 27.12.2019 жылғы №266 бұйрығына 11-қосымша; "Әлеуметтік желілер менеджменті (SMM)" "Атамекен" ҰКП 26.12.2019 жылғы №263 бұйрығына 88-қосымша; "Нарықтарды талдау саласындағы қызмет" "Атамекен" ҰКП 26.12.2019 жылғы №263 бұйрығына 89-қосымша; "Брендті басқару"  "Атамекен" ҰКП 26.12.2019 жылғы №263 бұйрығына 92-қосымша.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">негізгі орта білім </t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+ОН 1.2. Дене қасиеттер мен психофизиологиялық қабілеттерді жақсарту.
+</t>
+  </si>
+  <si>
+    <t>БМ 3. Экономиканың базалық білімін және кәсіпкерлік негіздерін қолдану</t>
+  </si>
+  <si>
+    <t>БМ 4. Қоғам мен еңбек ұжымында әлеуметтену және бейімделу үшін әлеуметтік ғылымдар негіздерін қолдану.</t>
+  </si>
+  <si>
+    <t>ОН 2.1. Ақпараттық-коммуникациялық технологиялар негіздерін меңгеру</t>
+  </si>
+  <si>
+    <t>ОН 3.1.  Экономикалық теория саласындағы негізгі мәселелерді,  меңгеру</t>
+  </si>
+  <si>
+    <t>ОН 3.2. Кәсіпорында болып жатқан экономикалық процестерді талдау және бағалау</t>
+  </si>
+  <si>
+    <t>ОН 3.3. Қазақстан Республикасында кәсіпкерлік қызметті ұйымдастыру мен жүргізудің ғылыми және заңнамалық негіздерін меңгеру</t>
+  </si>
+  <si>
+    <t>Білім берудің алдыңғы сатысында қол жеткізілген шет тілін меңгерудің бастапқы деңгейін арттырады, студенттердің тұрмыстық, мәдени, кәсіби және ғылыми қызметтің әртүрлі салаларындағы әлеуметтік-коммуникативтік міндеттерді шешу үшін қажетті және жеткілікті коммуникативтік құзыреттілік деңгейін меңгеруіне ықпал етеді. Пәнінің мазмұны келесі бөлімдерден тұрады: «Legend or Truth», « Controversial Issues », «Virtual reality», « Out of this World», «Stress and Fear», « Imagination and Creativity», « Reading for Pleasure», « Independent Project », « Making contact», «Investigate and report on animal world bats eagles bees and dolphins», « Interviews and instructions», Investigate and report on timekeeping devices/Science video», «Work  and inventions», « Social change and further study», « Making statements and providing information», « Clothes journeys».</t>
+  </si>
+  <si>
+    <t>Байланысты пәндерді оқу, практикалық іс-әрекетте қолдану үшін қажетті математикалық білімді қалыптастырады. Пән келесі бөлімдерден тұрады: «Функция, оның қасиеттері мен графигі», «Математикалық статистика және ықтималдық теориясы», «Дәрежелер мен түбір. Дәрежелік функция», «Көрсеткіштік және логарифмдік функциялар», «Функция шегі және үзділіссіздігі», «Туынды және оны қолданылуы», «Алғашқы функция және интеграл», «Стереометрия аксиомалары. Кеңістіктегі параллельдік және перпендикулярлық», «Кеңістіктегі тікбұрышты координаталар жүйесі және векторлар», «Көпжақтар», «Айналу денелері және олардың элементтері», «Денелер көлемдері».</t>
+  </si>
+  <si>
+    <t>Аппараттық және бағдарламалық қамтамасыз ету, деректерді ұсыну, ақпараттық процестер мен жүйелер, ақпараттық объектілерді құру және түрлендіру, компьютерлік желілер және ақпараттық қауіпсіздік саласындағы білімді,  икемдер мен дағдыларды қалыптастырады. Пән «Компьютерлік жүйелер», «Ақпараттық объектілерді құру және түрлендіру», «Ақпараттық процестер мен жүйелер», «Қосымшаларды құру» сияқты бөлімдерді зерттейді.</t>
+  </si>
+  <si>
+    <t>Жеке тұлғаның адамгершілік негіздерін қалыптастыруға, оның рухани жетілуіне және өзін-өзі жүзеге асыруына, үйлесімді дамуына ықпал етеді, өзін және басқа адамдарды қабылдауға және түсінуге ықпал етеді, ашықтықтың, әлеуметтік жауапкершіліктің, шығармашылық белсенділіктің және өмірді жағымды қабылдаудың дамуына ықпал етеді. Пәннің мазмұны келесі бөлімдерден тұрады: «Таным жолында», «Тұлғаның қалыптасуы», «Қоғамдағы өмір», «Адамзат әлемі».</t>
+  </si>
+  <si>
+    <t>Жалпыадамзаттық мәдениет саласында белсенді шығармашылық өзін-өзі жүзеге асыруға дайын тұлғаны қалыптастыруға, оқушылардың дене және психикалық денсаулығын нығайтуға деген ынтасын арттыруға, спорттық-ерекше қимыл дағдыларын алуға және дене қабілеттерін дамытуға ықпал етеді. Оқу пәнінің мазмұны келесі бөлімдерден тұрады: «Дене шынықтыру туралы білім», «Жеңіл атлетика», «Спорттық ойындар», «Гимнастика», «Ұлттық спорт түрлері», «Қысқы спорт түрлері», «Жүзу».</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ұйымның әртүрлі деңгейлеріндегі өмірдің мәнін, дамуын және көріністерін түсінуге ықпал етеді. Пәннің мазмұны келесі бөлімдерден тұрады: «Молекулярлық биология және биохимия», «Жасушалық биология», «Қоректену», «Заттардың  тасымалдануы», «Тынысалу», «Бөліп шығару», «Жасушалық цикл Көбею», «Тұқым қуалаушылық пен өзгергіштік заңдылықтары»,  «Эволюциялық даму Селекция негіздері. Тірі ағзалардың алуантүрлілігі», «Координация және реттеу», «Қозғалыс», «Биомедицина және биоинформатика»,  «Биотехнология», «Биосфера, экожүйе, популяция»,  «Экология және адам іс- әрекетінің қоршаған ортаға әсері». </t>
+  </si>
+  <si>
+    <t>Географиялық кеңістіктің барлық деңгейлерінде туындайтын геоэкологиялық, экономикалық, әлеуметтік, геосаяси және жаһандық проблемаларды шешуге бағытталған білімді, іскерлікті және дағдыларды қалыптастырады. Пәннің мазмұны келесі бөлімдерден тұрады: «Географиялық зерттеу әдістері», «Картография және геоинформатика», «Табиғатты пайдалану және геоэкология», «Геоэкономика», «Геосаясат», «Елтану», «Адамзаттың ғаламдық проблемалары».</t>
+  </si>
+  <si>
+    <t>Ғылыми дүниетанымның негіздерін, әлемнің жаратылыстану бейнесін тұтас қабылдауды, табиғат құбылыстарын бақылау, талдау және бекіту қабілеттерін қалыптастыруға ықпал етеді. Пәннің мазмұны келесі бөлімдерден тұрады: «Механика», «Молекулалық физика», «Электр және магнетизм», «Тербелістер», «Толқындар», «Оптика»,  «Кванттық физика», «Нанотехнология және наноматериалдар», «Космология».</t>
+  </si>
+  <si>
+    <t>Заттар мен олардың өзгерістері, заңдар мен теориялар туралы білім жүйесін қалыптастырады, заттар қасиеттерінің олардың құрамы мен құрылымына тәуелділігін түсіндіреді, химиялық процестерді, заңдар мен олардың заңдылықтарын түсінеді. Пәннің мазмұны келесі бөлімдерден тұрады: «Заттардың бөлшектері», «Периодтылық.Химиялық реакциялардың жүру заңдылықтары», «Химиялық реакциялар энергетикасы», «Химия және қоршаған орта», «Химия және өмір».</t>
   </si>
   <si>
     <r>
-      <t>Код и наименование 
-квалификации/квалификаций:</t>
+      <t>ТжКОБ ұйымы (әзірлеуші):</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
-        <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <r>
-      <t>Организация ТиППО (разработчик):</t>
+      <t>Білім беру бағдарламасының мақсаты:</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
-        <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <r>
-      <t>Цель ОП:</t>
+      <t>Оқыту түрі:</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
-        <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <r>
-      <t>Профессиональный стандарт (при наличии):</t>
+      <t>ОН 2.2.</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
-        <color rgb="FF000000"/>
-[...1 lines deleted...]
-        <family val="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
         <charset val="204"/>
-      </rPr>
-[...85 lines deleted...]
-        <charset val="204"/>
+        <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
-        <b/>
         <sz val="12"/>
-        <color rgb="FF000000"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
-      <t xml:space="preserve">на занятие образовательной деятельностью: </t>
+      <t>Ақпараттық-анықтамалық және интерактивті веб-порталдардың қызметтерін пайдалану</t>
     </r>
   </si>
   <si>
-    <t>РО1.2. Совершенствовать физические качества и психофизиологические способности.</t>
-[...318 lines deleted...]
-    <t>РО 3.1. Владеть основными вопросами в области экономической теории,развития мировой экономики</t>
+    <t>КМ 6. Ұйымның имиджі мен іскерлік беделін қалыптастыру</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="7" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
       <sz val="12"/>
-      <color rgb="FF000000"/>
-[...13 lines deleted...]
-      <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
-      <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="12"/>
-      <name val="Times New Roman"/>
-      <family val="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
       <charset val="204"/>
-    </font>
-[...5 lines deleted...]
-      <charset val="204"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="13">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -817,382 +702,365 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="81">
+  <cellXfs count="74">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
-    </xf>
-[...96 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...72 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...8 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -1325,1102 +1193,1097 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A2:F90"/>
+  <dimension ref="A1:G89"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A14" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="E14" sqref="E1:E1048576"/>
+    <sheetView tabSelected="1" topLeftCell="A14" zoomScale="47" zoomScaleNormal="47" workbookViewId="0">
+      <selection activeCell="C19" sqref="C19:D20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="6.28515625" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="6.33203125" style="22" customWidth="1"/>
+    <col min="2" max="2" width="39" style="23" customWidth="1"/>
+    <col min="3" max="3" width="57.109375" style="22" customWidth="1"/>
+    <col min="4" max="4" width="17.6640625" style="22" customWidth="1"/>
+    <col min="5" max="16384" width="9.109375" style="22"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A2" s="38" t="s">
+    <row r="1" spans="1:7" ht="3" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="1:7" ht="27.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="24" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" s="25"/>
+      <c r="C2" s="25"/>
+      <c r="D2" s="25"/>
+      <c r="E2" s="26"/>
+      <c r="F2" s="26"/>
+    </row>
+    <row r="4" spans="1:7" ht="31.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="27" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" s="28"/>
+      <c r="C4" s="29" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" s="30"/>
+    </row>
+    <row r="5" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="31" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" s="32"/>
+      <c r="C5" s="33" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" s="34"/>
+    </row>
+    <row r="6" spans="1:7" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="35"/>
+      <c r="B6" s="36"/>
+      <c r="C6" s="37"/>
+      <c r="D6" s="38"/>
+    </row>
+    <row r="7" spans="1:7" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="39"/>
+      <c r="B7" s="40"/>
+      <c r="C7" s="41"/>
+      <c r="D7" s="42"/>
+    </row>
+    <row r="8" spans="1:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="43" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="44"/>
+      <c r="C8" s="45" t="s">
+        <v>35</v>
+      </c>
+      <c r="D8" s="46"/>
+    </row>
+    <row r="9" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="47" t="s">
+        <v>133</v>
+      </c>
+      <c r="B9" s="48"/>
+      <c r="C9" s="49" t="s">
+        <v>32</v>
+      </c>
+      <c r="D9" s="50"/>
+    </row>
+    <row r="10" spans="1:7" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="43" t="s">
+        <v>20</v>
+      </c>
+      <c r="B10" s="44"/>
+      <c r="C10" s="45" t="s">
+        <v>33</v>
+      </c>
+      <c r="D10" s="46"/>
+    </row>
+    <row r="11" spans="1:7" ht="87" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="47" t="s">
+        <v>134</v>
+      </c>
+      <c r="B11" s="48"/>
+      <c r="C11" s="29" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" s="30"/>
+    </row>
+    <row r="12" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="27" t="s">
+        <v>21</v>
+      </c>
+      <c r="B12" s="28"/>
+      <c r="C12" s="51" t="s">
+        <v>85</v>
+      </c>
+      <c r="D12" s="52"/>
+    </row>
+    <row r="13" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="28"/>
+      <c r="C13" s="51" t="s">
+        <v>85</v>
+      </c>
+      <c r="D13" s="52"/>
+    </row>
+    <row r="14" spans="1:7" ht="146.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="27" t="s">
+        <v>23</v>
+      </c>
+      <c r="B14" s="28"/>
+      <c r="C14" s="11" t="s">
+        <v>115</v>
+      </c>
+      <c r="D14" s="12"/>
+      <c r="G14" s="53"/>
+    </row>
+    <row r="15" spans="1:7" ht="30.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="27" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" s="28"/>
+      <c r="C15" s="11" t="s">
+        <v>112</v>
+      </c>
+      <c r="D15" s="12"/>
+    </row>
+    <row r="16" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="27" t="s">
+        <v>135</v>
+      </c>
+      <c r="B16" s="28"/>
+      <c r="C16" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" s="30"/>
+    </row>
+    <row r="17" spans="1:4" ht="21.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="B17" s="28"/>
+      <c r="C17" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="D17" s="14"/>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A18" s="27" t="s">
+        <v>12</v>
+      </c>
+      <c r="B18" s="28"/>
+      <c r="C18" s="29" t="s">
+        <v>34</v>
+      </c>
+      <c r="D18" s="30"/>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A19" s="54" t="s">
+        <v>13</v>
+      </c>
+      <c r="B19" s="54"/>
+      <c r="C19" s="29">
+        <v>180</v>
+      </c>
+      <c r="D19" s="30"/>
+    </row>
+    <row r="20" spans="1:4" ht="55.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="54" t="s">
+        <v>26</v>
+      </c>
+      <c r="B20" s="54"/>
+      <c r="C20" s="55" t="s">
+        <v>114</v>
+      </c>
+      <c r="D20" s="56"/>
+    </row>
+    <row r="21" spans="1:4" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="54" t="s">
+        <v>14</v>
+      </c>
+      <c r="B21" s="54"/>
+      <c r="C21" s="29" t="s">
+        <v>38</v>
+      </c>
+      <c r="D21" s="30"/>
+    </row>
+    <row r="22" spans="1:4" ht="39" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="54" t="s">
+        <v>15</v>
+      </c>
+      <c r="B22" s="54"/>
+      <c r="C22" s="51" t="s">
+        <v>86</v>
+      </c>
+      <c r="D22" s="52"/>
+    </row>
+    <row r="23" spans="1:4" ht="51" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="54" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" s="54"/>
+      <c r="C23" s="29" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="30"/>
+    </row>
+    <row r="24" spans="1:4" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="54" t="s">
+        <v>27</v>
+      </c>
+      <c r="B24" s="54"/>
+      <c r="C24" s="29" t="s">
+        <v>8</v>
+      </c>
+      <c r="D24" s="30"/>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A26" s="57" t="s">
+        <v>30</v>
+      </c>
+      <c r="B26" s="57"/>
+      <c r="C26" s="57"/>
+      <c r="D26" s="57"/>
+    </row>
+    <row r="28" spans="1:4" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A28" s="58" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="38"/>
-[...16 lines deleted...]
-      <c r="A5" s="62" t="s">
+      <c r="B28" s="59" t="s">
+        <v>17</v>
+      </c>
+      <c r="C28" s="58" t="s">
         <v>28</v>
       </c>
-      <c r="B5" s="63"/>
-[...28 lines deleted...]
-      <c r="A9" s="53" t="s">
+      <c r="D28" s="58" t="s">
         <v>29</v>
       </c>
-      <c r="B9" s="54"/>
-[...177 lines deleted...]
-    <row r="29" spans="1:4" ht="236.25" x14ac:dyDescent="0.25">
+    </row>
+    <row r="29" spans="1:4" ht="311.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="4">
         <v>1</v>
       </c>
-      <c r="B29" s="5" t="s">
-[...9 lines deleted...]
-    <row r="30" spans="1:4" ht="94.5" x14ac:dyDescent="0.25">
+      <c r="B29" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="D29" s="8" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="188.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="4">
         <v>2</v>
       </c>
-      <c r="B30" s="5" t="s">
-[...9 lines deleted...]
-    <row r="31" spans="1:4" ht="220.5" x14ac:dyDescent="0.25">
+      <c r="B30" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="C30" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="D30" s="8" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="141" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="4">
         <v>3</v>
       </c>
-      <c r="B31" s="7" t="s">
-[...9 lines deleted...]
-    <row r="32" spans="1:4" ht="141.75" x14ac:dyDescent="0.25">
+      <c r="B31" s="16" t="s">
+        <v>98</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="D31" s="8" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="271.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="4">
         <v>4</v>
       </c>
-      <c r="B32" s="5" t="s">
-[...9 lines deleted...]
-    <row r="33" spans="1:4" ht="126" x14ac:dyDescent="0.25">
+      <c r="B32" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="C32" s="73" t="s">
+        <v>124</v>
+      </c>
+      <c r="D32" s="8" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="199.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="4">
         <v>5</v>
       </c>
-      <c r="B33" s="10" t="s">
-[...9 lines deleted...]
-    <row r="34" spans="1:4" ht="110.25" x14ac:dyDescent="0.25">
+      <c r="B33" s="17" t="s">
+        <v>100</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="D33" s="8" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" ht="238.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="4">
         <v>6</v>
       </c>
-      <c r="B34" s="5" t="s">
-[...9 lines deleted...]
-    <row r="35" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="B34" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="C34" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="D34" s="8" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" ht="210" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="4">
         <v>7</v>
       </c>
-      <c r="B35" s="11" t="s">
-[...9 lines deleted...]
-    <row r="36" spans="1:4" ht="141.75" x14ac:dyDescent="0.25">
+      <c r="B35" s="18" t="s">
+        <v>103</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>126</v>
+      </c>
+      <c r="D35" s="8" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="230.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="4">
         <v>8</v>
       </c>
       <c r="B36" s="6" t="s">
-        <v>128</v>
-[...8 lines deleted...]
-    <row r="37" spans="1:4" ht="94.5" x14ac:dyDescent="0.25">
+        <v>104</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="D36" s="8" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" ht="255.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="4">
         <v>9</v>
       </c>
-      <c r="B37" s="12" t="s">
-[...9 lines deleted...]
-    <row r="38" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="B37" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="D37" s="8" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" ht="179.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="4">
         <v>10</v>
       </c>
-      <c r="B38" s="12" t="s">
-[...10 lines deleted...]
-      <c r="A39" s="27">
+      <c r="B38" s="15" t="s">
+        <v>107</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="D38" s="8" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" ht="204" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="4">
         <v>11</v>
       </c>
-      <c r="B39" s="7" t="s">
-[...10 lines deleted...]
-      <c r="A40" s="27">
+      <c r="B39" s="18" t="s">
+        <v>108</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="124.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="4">
         <v>12</v>
       </c>
-      <c r="B40" s="7" t="s">
-[...10 lines deleted...]
-      <c r="A41" s="27">
+      <c r="B40" s="18" t="s">
+        <v>109</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" ht="131.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="4">
         <v>13</v>
       </c>
-      <c r="B41" s="9" t="s">
-[...9 lines deleted...]
-    <row r="42" spans="1:4" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="B41" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="D41" s="8" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" ht="147.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="4">
         <v>14</v>
       </c>
-      <c r="B42" s="10" t="s">
+      <c r="B42" s="17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C42" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="60">
+        <v>15</v>
+      </c>
+      <c r="B43" s="19" t="s">
+        <v>41</v>
+      </c>
+      <c r="C43" s="61" t="s">
+        <v>42</v>
+      </c>
+      <c r="D43" s="9" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="62"/>
+      <c r="B44" s="21"/>
+      <c r="C44" s="63" t="s">
+        <v>117</v>
+      </c>
+      <c r="D44" s="9" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A45" s="60">
+        <v>16</v>
+      </c>
+      <c r="B45" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="C45" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="D45" s="9" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A46" s="62"/>
+      <c r="B46" s="21"/>
+      <c r="C46" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="D46" s="9" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A47" s="60">
+        <v>17</v>
+      </c>
+      <c r="B47" s="19" t="s">
+        <v>118</v>
+      </c>
+      <c r="C47" s="64" t="s">
+        <v>121</v>
+      </c>
+      <c r="D47" s="9" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A48" s="65"/>
+      <c r="B48" s="20"/>
+      <c r="C48" s="64" t="s">
+        <v>122</v>
+      </c>
+      <c r="D48" s="9" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" ht="46.8" x14ac:dyDescent="0.3">
+      <c r="A49" s="62"/>
+      <c r="B49" s="21"/>
+      <c r="C49" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="D49" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" ht="47.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="60">
+        <v>18</v>
+      </c>
+      <c r="B50" s="19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="D50" s="9" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="65"/>
+      <c r="B51" s="20"/>
+      <c r="C51" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D51" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="65"/>
+      <c r="B52" s="20"/>
+      <c r="C52" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D52" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="62"/>
+      <c r="B53" s="21"/>
+      <c r="C53" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D53" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="66">
+        <v>19</v>
+      </c>
+      <c r="B54" s="19" t="s">
+        <v>48</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D54" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="67"/>
+      <c r="B55" s="20"/>
+      <c r="C55" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D55" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="67"/>
+      <c r="B56" s="20"/>
+      <c r="C56" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="D56" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" ht="42.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="67"/>
+      <c r="B57" s="20"/>
+      <c r="C57" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D57" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" ht="49.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="68"/>
+      <c r="B58" s="21"/>
+      <c r="C58" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="D58" s="10" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="66">
+        <v>20</v>
+      </c>
+      <c r="B59" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D59" s="9" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" ht="40.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="67"/>
+      <c r="B60" s="20"/>
+      <c r="C60" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D60" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" ht="36.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="67"/>
+      <c r="B61" s="20"/>
+      <c r="C61" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D61" s="9" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="67"/>
+      <c r="B62" s="20"/>
+      <c r="C62" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D62" s="9" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="66">
+        <v>21</v>
+      </c>
+      <c r="B63" s="19" t="s">
+        <v>57</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="D63" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" ht="52.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="67"/>
+      <c r="B64" s="20"/>
+      <c r="C64" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D64" s="9" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="67"/>
+      <c r="B65" s="20"/>
+      <c r="C65" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D65" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" ht="34.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="67"/>
+      <c r="B66" s="20"/>
+      <c r="C66" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D66" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="68"/>
+      <c r="B67" s="21"/>
+      <c r="C67" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D67" s="9" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" ht="19.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="66">
+        <v>22</v>
+      </c>
+      <c r="B68" s="19" t="s">
+        <v>61</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D68" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="67"/>
+      <c r="B69" s="20"/>
+      <c r="C69" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="C42" s="14" t="s">
-[...10 lines deleted...]
-      <c r="B43" s="69" t="s">
+      <c r="D69" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="68"/>
+      <c r="B70" s="21"/>
+      <c r="C70" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D70" s="9" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" ht="29.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="66">
+        <v>23</v>
+      </c>
+      <c r="B71" s="19" t="s">
+        <v>84</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="D71" s="10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" ht="54" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="67"/>
+      <c r="B72" s="20"/>
+      <c r="C72" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D72" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" ht="31.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="67"/>
+      <c r="B73" s="20"/>
+      <c r="C73" s="3" t="s">
         <v>65</v>
       </c>
-      <c r="C43" s="14" t="s">
-[...9 lines deleted...]
-      <c r="C44" s="8" t="s">
+      <c r="D73" s="10" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" ht="68.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="67"/>
+      <c r="B74" s="20"/>
+      <c r="C74" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="D74" s="10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="67"/>
+      <c r="B75" s="20"/>
+      <c r="C75" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D75" s="10" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" ht="48.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="68"/>
+      <c r="B76" s="21"/>
+      <c r="C76" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="D76" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" ht="63.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="66">
+        <v>24</v>
+      </c>
+      <c r="B77" s="19" t="s">
+        <v>137</v>
+      </c>
+      <c r="C77" s="69" t="s">
+        <v>66</v>
+      </c>
+      <c r="D77" s="10" t="s">
         <v>37</v>
       </c>
-      <c r="D44" s="18" t="s">
-[...31 lines deleted...]
-      <c r="B47" s="69" t="s">
+    </row>
+    <row r="78" spans="1:4" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="67"/>
+      <c r="B78" s="20"/>
+      <c r="C78" s="69" t="s">
+        <v>71</v>
+      </c>
+      <c r="D78" s="10" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="67"/>
+      <c r="B79" s="20"/>
+      <c r="C79" s="69" t="s">
         <v>67</v>
       </c>
-      <c r="C47" s="8" t="s">
-[...30 lines deleted...]
-      <c r="B50" s="69" t="s">
+      <c r="D79" s="10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A80" s="68"/>
+      <c r="B80" s="21"/>
+      <c r="C80" s="69" t="s">
+        <v>70</v>
+      </c>
+      <c r="D80" s="10" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4" ht="33" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="66">
+        <v>25</v>
+      </c>
+      <c r="B81" s="19" t="s">
         <v>68</v>
       </c>
-      <c r="C50" s="8" t="s">
-[...40 lines deleted...]
-      <c r="B54" s="69" t="s">
+      <c r="C81" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D81" s="10" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="67"/>
+      <c r="B82" s="20"/>
+      <c r="C82" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="D82" s="10" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A83" s="67"/>
+      <c r="B83" s="20"/>
+      <c r="C83" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D83" s="10" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A84" s="68"/>
+      <c r="B84" s="21"/>
+      <c r="C84" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="D84" s="10" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="66">
+        <v>26</v>
+      </c>
+      <c r="B85" s="19" t="s">
+        <v>72</v>
+      </c>
+      <c r="C85" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="D85" s="10" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A86" s="67"/>
+      <c r="B86" s="20"/>
+      <c r="C86" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D86" s="10" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4" ht="31.2" x14ac:dyDescent="0.3">
+      <c r="A87" s="67"/>
+      <c r="B87" s="20"/>
+      <c r="C87" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="C54" s="8" t="s">
-[...29 lines deleted...]
-      <c r="C57" s="8" t="s">
+      <c r="D87" s="10" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A88" s="68"/>
+      <c r="B88" s="21"/>
+      <c r="C88" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="D88" s="10" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A89" s="70">
+        <v>27</v>
+      </c>
+      <c r="B89" s="71" t="s">
         <v>73</v>
       </c>
-      <c r="D57" s="18" t="s">
-[...152 lines deleted...]
-      <c r="C71" s="8" t="s">
+      <c r="C89" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="D89" s="72" t="s">
         <v>83</v>
-      </c>
-[...203 lines deleted...]
-        <v>-180</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="64">
-    <mergeCell ref="A68:A70"/>
+    <mergeCell ref="B85:B88"/>
+    <mergeCell ref="A85:A88"/>
+    <mergeCell ref="A54:A58"/>
     <mergeCell ref="B59:B62"/>
+    <mergeCell ref="A59:A62"/>
+    <mergeCell ref="B71:B76"/>
+    <mergeCell ref="A71:A76"/>
     <mergeCell ref="B77:B80"/>
     <mergeCell ref="A77:A80"/>
+    <mergeCell ref="B81:B84"/>
     <mergeCell ref="A81:A84"/>
-    <mergeCell ref="B81:B84"/>
-    <mergeCell ref="A59:A62"/>
+    <mergeCell ref="B54:B58"/>
     <mergeCell ref="B63:B67"/>
-    <mergeCell ref="A63:A67"/>
     <mergeCell ref="B68:B70"/>
-    <mergeCell ref="B71:B76"/>
-[...30 lines deleted...]
-    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="A68:A70"/>
+    <mergeCell ref="A2:D2"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="C5:D7"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="A11:B11"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="C13:D13"/>
-    <mergeCell ref="C14:D14"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="C18:D18"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="A12:B12"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="C12:D12"/>
-    <mergeCell ref="C16:D16"/>
-[...1 lines deleted...]
-    <mergeCell ref="A2:D2"/>
+    <mergeCell ref="A4:B4"/>
+    <mergeCell ref="A5:B7"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="C14:D14"/>
     <mergeCell ref="A15:B15"/>
     <mergeCell ref="A16:B16"/>
     <mergeCell ref="A17:B17"/>
-    <mergeCell ref="A18:B18"/>
-[...7 lines deleted...]
-    <mergeCell ref="A11:B11"/>
     <mergeCell ref="A14:B14"/>
+    <mergeCell ref="C22:D22"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="C21:D21"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="C20:D20"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="C24:D24"/>
+    <mergeCell ref="B50:B53"/>
+    <mergeCell ref="A50:A53"/>
+    <mergeCell ref="A63:A67"/>
+    <mergeCell ref="A26:D26"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="A43:A44"/>
+    <mergeCell ref="B43:B44"/>
+    <mergeCell ref="A45:A46"/>
+    <mergeCell ref="A47:A49"/>
+    <mergeCell ref="B47:B49"/>
+    <mergeCell ref="B45:B46"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="75" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Лист1</vt:lpstr>
     </vt:vector>