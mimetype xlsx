--- v0 (2025-10-21)
+++ v1 (2026-02-19)
@@ -1,961 +1,11881 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</workbook>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:body>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Паспорт образовательной программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата регистрации в Реестре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2022.07.21 17:35</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Регистрационный номер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>19494</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата обновления паспорта ОП:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2022.07.21 17:35</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Код и наименование специальности:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>04110100 Учет и аудит</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Код и наименование квалификации/квалификаций:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3W04110101 Бухгалтер-кассир, 4S04110102 Бухгалтер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Регион:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Павлодарская область</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организация </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ТиППО</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Разработчик):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">УО «Павлодарский высший экономический колледж </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Казпотребсоюза</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Партнеры-разработчики:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ТОО ДЕКОЛИТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цель ОП:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Подготовка специалиста умеющего применять нормативно-правовые акты в области бухгалтерского учёта, вести бухгалтерский учет активов и обязательств организации, составлять финансовую отчётность</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Уровень по НРК:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Уровень </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ОРК:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3-4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Профессиональный стандарт (при наличии):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"Финансовый менеджмент" Приложение №94 к приказу НПП "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Атамекен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" от 26.12.2019 г. №263 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Профессиональный стандарт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>WorldSkills</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при наличии):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отсутствует</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Форма обучения:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>очная</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>База образования:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>основное среднее образование</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Язык обучения:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>русский</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Общий объем кредитов:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>180</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата рассмотрения ОП на методическом (учебно-методическом/научно-методическом) совете организации образования об одобрении паспорта ОП (выписка из протокола заседания) с согласованием работодателя и/или индустриального совета:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>44602</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Номер лицензии на занятие образовательной деятельностью:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>KZ93LAA00011622</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Номер приложения к лицензии на занятие образовательной деятельностью:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>015, 012</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дата прохождения специализированной аккредитации по данной специальности (при наличии):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отличительные особенности ОП:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F60254">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сведения о содержании модулей/дисциплин:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00F60254" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="212529"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10702" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="272"/>
+        <w:gridCol w:w="2720"/>
+        <w:gridCol w:w="5812"/>
+        <w:gridCol w:w="1898"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Наименование модуля/дисциплины</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты обучения/Краткое описание дисциплины</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Объем кредитов/часов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООД 1. Русский язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Совершенствует функциональную грамотность по всем видам речевой деятельности (слушание, говорение, чтение и письмо) на основе сформированных знаний о языке, с учетом норм употребления средств разных уровней и активизации их в продуктивной речевой деятельности в разных сферах общения. Содержание дисциплины включает следующие разделы: «Имидж Казахстана: современный и исторический обзор. Искусство и литература: различные формы художественного выражения. Культура речи. Морфология. Синтаксис. Орфография. Словообразование и морфология. Стилистика», «Наука и этика: киборги и клоны. Человек: права и обязанности. Лексика и культура речи. Словообразование и морфология», «Туризм: экотуризм. Пунктуация», «Экология души. Синтаксис. Пунктуация», «Свободное время как показатель развития общества. Орфография», «Толерантность и диалог межнациональных культур. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Социальное</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>неравевенство</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> как глобальная проблема общества. Лексика. Синтаксис. Стилистика», «Научно-технический прогресс: интеллект искусственный и естественный. Орфография. Синтаксис. Стилистика», «Театр в современном мире. Стилистика. Культура речи», «Современное общество. Миграция. Стилистика и культура речи», «Современная медицина ХХ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>I</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> века. Синтаксис и пунктуация», «Молодежная культура: проблемы молодого поколения. Синтаксис и пунктуация», «Мир и безопасность. Орфография», «Историческое наследие и память. Синтаксис и пунктуация».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4/96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООД 2. Русская литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Способствует формированию духовных ценностей человека, готового к саморазвитию и самосовершенствованию, воспитывает компетентного, критически мыслящего читателя, способного анализировать идейно-художественное содержание, учитывая социально-исторические и духовно-эстетические аспекты произведения. Содержание дисциплины включает следующие разделы: «Лишние люди», «Герой нашего времени», «Человек и право», «Семейные ценности», «Человек в эпоху перемен», «Человек в эпоху тоталитарного режима», «Война в судьбах людей», «Тема нравственного выбора».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4/96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00837C4B">
+        <w:trPr>
+          <w:trHeight w:val="7699"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООД 3. Казахский язык и литература</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Способствует совершенствованию языковых навыков на основе интегрированного обучения казахскому языку и литературе, соблюдению языковых норм, развитию навыков свободной речи и грамотного письма, формированию уважительного отношения к государственному языку. Содержание дисциплины включает следующие разделы: «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>нарығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сұраныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Отандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өнеркәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өнімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>киносы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>театрының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазіргі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>келбеті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>экологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мәдениет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мұхит</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тіршілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мекені</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>таным</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мерекелер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сауда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көмек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>екі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>келісімді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сауда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бұқаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ақпарат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құралдарындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>гендерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бейне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>планетасындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қауіпті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қалдықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әлеуметті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>теңсіздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>адам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құқықтары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көмек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жастардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>денсаулығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қоғам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>байлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>технологияны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пайдаланудағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>теңсіздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қоғам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>заң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазіргі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қоғамдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әлеуметтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>теңсіздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», «Экология. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мұнай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>атомдық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> индустрия», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тіл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Өнер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдебиет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қоғамдағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыссыздық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мәселесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тәуелсіз</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еліміздің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өткені</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>келешегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> театр – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өнер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ордасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «Туризм: Экотуризм», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әлемдегі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ерлер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әйелдердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құқықтары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>теңдігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жастар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мәселесінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>түйіткілдері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жаһандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мәселелер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көші-қон</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>саясаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Толеранттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>елбірлігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұлт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұраты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қауіпсізді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», «Бос </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>уақыт</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қоғам</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дамуының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсеткіші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>».</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5/120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООД 4. Иностранный язык</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Повышает исходный уровень владения иностранным языком, достигнутого на предыдущей ступени образования, способствует овладению студентами необходимым и достаточным уровнем коммуникативной компетенции для решения социально-коммуникативных задач в различных областях бытовой, культурной, профессиональной и научной деятельности. Содержание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учебной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дисциплины</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>включает</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>следующие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>разделы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>: «Legend or Truth», « Controversial Issues», «Virtual reality», «Out of this World», «Stress and Fear», « Imagination and Creativity», « Reading for Pleasure», «Independent Project», «Making contact», «Investigate and report on animal world bats eagles bees and dolphins», «Interviews and instructions», Investigate and report on timekeeping devices/Science video», «Work and inventions», «Social change and further study», «Making statements and providing information», «Clothes journeys».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4/96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООД 5. История Казахстана</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Способствует осмыслению </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обучающимися</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> основных вопросов этнического, политического, социально-экономического и культурного развития Казахстана в различные исторические периоды, определяя его место и роль в мировом историческом процессе; формированию личности, обладающей историческим сознанием, гражданственностью и патриотизмом. Содержание дисциплины включает следующие разделы: «Цивилизация: особенности развития», «Этнические и социальные процессы», «Из истории государства, войн и революций», «Развитие культуры», «Цивилизация: особенности экономического развития», «Политико-правовые процессы», «Развитие общественно-политической мысли», «Развитие образования и науки».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4/96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООД 6. Математика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Формирует математические знания, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>необходимыми</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для применения в практической деятельности, для изучения смежных дисциплин. Дисциплина включает в себя следующие разделы: «Функция, ее свойства и график», «Математическая статистика и теория вероятностей», «Степени и корни. Степенная функция», «Показательная и логарифмическая функции», «Предел функции и непрерывность», «Производная и ее применение», «Первообразная и интеграл», «Аксиомы стереометрии. Параллельность и перпендикулярность в пространстве», «Прямоугольная система координат и векторы в пространстве», «Многогранники», «Тела вращения и их элемент», «Объемы тел».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5/120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООД 7. Информатика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Формирует знания, умения и навыки в области аппаратного и программного обеспечения, представления данных, информационных процессов и систем, создания и преобразования информационных объектов, компьютерных сетей и информационной безопасности. Изучает такие разделы как: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>«Компьютерные системы», «Создание и преобразование информационных объектов», «Информационные процессы и системы», «Разработка приложений».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ООД 8. Начальная военная и технологическая подготовка (в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>т.ч</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>. ЛПС)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Формирует представления об основах обороны государства, назначении Вооруженных Сил Республики Казахстан, их характере и особенностях, воспитывает осознанное отношение к воинской службе, формирует навыки безопасности жизнедеятельности человека в чрезвычайных ситуациях. Содержание учебной дисциплины включает следующие разделы: «Вооруженные Силы Республики Казахстан-гарант военной безопасности государства», «Правовые основы Вооруженных Сил Республики Казахстан», «Общевоинские Уставы Вооруженных Сил, других войск и воинских формирований Республики Казахстан», «Тактическая подготовка», «Огневая подготовка», «Строевая подготовка», «Военная топография», «Основы военной робототехники», «Основы безопасности жизнедеятельности и информационных технологий», «Технологическая подготовка».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4/96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООД 9. Физическая культура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Способствует формированию личности, готовой к активной творческой самореализации в сфере общечеловеческой культуры, повышению мотивации обучающихся к укреплению физического и психического здоровья, приобретению спортивно-специфических двигательных навыков и развитию физических способностей. Содержание учебной дисциплины включает следующие разделы: «Знания о физической культуре», «Легкая атлетика», «Спортивные игры», «Гимнастика», «Национальные виды спорта», «Зимние виды спорта».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5/120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООД 10. Самопознание</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Содействует становлению нравственных основ личности, её духовному совершенствованию и самореализации, гармоничному развитию, содействует принятию и пониманию самих себя и других людей, стимулирует развитие открытости, социальной ответственности, творческой активности и позитивного восприятия жизни. Содержание дисциплины включает следующие разделы: «На пути познания», «Становление личности», «Жизнь в обществе», «Мир человечества».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООД11. Биология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Способствует пониманию сущности, развития и проявления жизни на разных уровнях ее организации. Содержание дисциплины включает следующие разделы: </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Молекулярная биология и биохимия», «Клеточная биология», «Питание», «Транспорт веществ», «Дыхание», «Выделение», «Клеточный цикл», «Размножение», «Рост и развитие», «Закономерности наследственности и изменчивости», «Эволюционное развитие», «Основы селекции», </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">«Многообразие живых организмов», «Координация и регуляция», «Движение», «Биомедицина и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>биоинформатика</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «Биотехнология», «Биосфера, экосистема, популяция», «Экология и влияние человека на окружающую среду».</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6/144</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООД12. География</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Формирует знания, умения и навыки, направленные на решение </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>геоэкологических</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, геоэкономических, социальных, геополитических и глобальных проблем, возникающих на всех уровнях географического пространства. Содержание дисциплины включает следующие разделы: «Методы географических исследований», «Картография и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>геоинформатика</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «Природопользование и геоэкология», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Геоэкономика</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «Геополитика», «Страноведение», «Глобальные проблемы человечества».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6/144</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООД13. Физика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Способствует формированию основ научного мировоззрения, целостного восприятия естественнонаучной картины мира, способности наблюдать, анализировать и фиксировать явления природы. Содержание дисциплины включает следующие разделы: </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Механика», «Молекулярная физика», «Электричество и магнетизм», «Колебания», «Волны», «Оптика», «Квантовая физика», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нанотехнология</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>наноматериалы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «Космология».</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3/72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ООД14. Химия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Формирует систему знаний о веществах и их превращениях, законах и теориях, объясняющих зависимость свойств веществ от их состава и строения, понимание химических процессов, законов и их закономерностей. Содержание дисциплины включает следующие разделы: «Частицы вещества», «Периодичность. Закономерности протекания химических реакций», «Энергетика химических реакций», «Химия и жизнь», «Химия вокруг нас».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3/72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>БМ 1. Развитие и совершенствование физических качеств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 1.1. Укреплять здоровье и соблюдать принципы здорового образа жизни.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 1.2. Совершенствовать физические качества и психофизиологические способности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>БМ 2. Применение информационно-коммуникационных и цифровых технологий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 2.1. Владеть основами информационно-коммуникационных технологий.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РО 2.2. Использовать услуги </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>информационно-справочных</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и интерактивных веб-порталов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>БМ 3. Применение базовых знаний экономики и основ предпринимательства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 3.1. Владеть основными вопросами в области экономической теории.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РО 3.2. Анализировать и оценивать экономические процессы, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>происходящих</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на предприятии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 3.3. Понимать тенденций развития мировой экономики, основных задач перехода государства к «зеленой» экономике.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 3.4. Владеть научными и законодательными основами организации и ведения предпринимательской деятельности в Республике Казахстан.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0,5/12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 3.5. Соблюдать этику делового общения.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>0,5/12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>БМ 4. Применение основ социальных наук для социализации и адаптации в обществе и трудовом коллективе</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 4.1. Понимать морально-нравственные ценности и нормы, формирующие толерантность и активную личностную позицию.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 4.2. Понимать роль и место культуры народов Республики Казахстан в мировой цивилизации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 4.3. Владеть сведениями об основных отраслях права.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 4.4. Владеть основными понятиями социологии и политологии.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПМ 1. Работа с первичными документами и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>контроль за</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> их движением</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 1.1. Организовать рабочее место с учетом требований техники безопасности и охраны труда, производственной санитарии.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 1.2. Применять нормативно-правовые акты в области бухгалтерского учета.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 1.3. Применять методы и формы бухгалтерского учета в организации.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1/24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 1.4. Осуществлять прием и проверку правильности оформления первичных документов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 1.5. Оформлять первичные документы в соответствии с нормативными требованиями (инструкциями).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 1.6. Организовать документооборот</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПМ 2. Учет операций, связанных с движением денежных средств и их эквивалентов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 2.1.Осуществлять операции по приему, учету, выдаче и хранению денежных средств и их эквивалентов с обязательным соблюдением порядка, обеспечивающего их сохранность.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 2.2. Отражать на счетах бухгалтерские операции, связанных с движением денежных сре</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дств в к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ассе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 2.3. Участвовать в проведении учета денежных средств на расчетных, и специальных счетах в банке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 2.4. Составлять кассовую отчетность.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 2.5. Осуществлять учет с подотчетными лицами.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3/72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПМ 3. Учет заработной платы, пособий и иных выплат работникам</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 3.1. Исчислять оплату труда при отдельных режимах работы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 3.2. Осуществлять документальное оформление расчета заработной платы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 3.3. Участвовать при расчете средней заработной платы и суммы отпускных.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РО 3.4. Осуществлять расчет </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>больничных</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и компенсации по неиспользованному отпуску.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 3.5. Осуществлять учет вознаграждений и удержаний</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 3.6. Начислять, удерживать и перечислять налоги, обязательные взносы определенные законодательством для уплаты в бюджет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПМ 4. Участие в инвентаризации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 4.1. Участвовать при проведении инвентаризации имущества и обязательств организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6/144</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РО 4.2. Осуществлять бухгалтерские проводки, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>отражающие операции по инвентаризации имущества и обязательств организации.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6/144</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПМ 5. Документирование хозяйственных операций и ведение бухгалтерского учета активов организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РО 5.1. Подготовить </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>рабочее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мест с соблюдением требований и норм охраны труда и техники безопасности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3/72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 5.2. Обработать первичные бухгалтерские документы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3/72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 5.3. Участвовать в работе по подготовке рабочего плана счетов, форм первичных документов, применяемых для оформления хозяйственных операций.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3/72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 5.4. Вести учет и формировать бухгалтерские проводки активов организации.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3/72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПМ 6. Ведение бухгалтерского учета источников формирования активов и выполнение работ по инвентаризации активов и финансовых обязательств организации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 6.1.Вести учет источников формирования активов и составлять бухгалтерские проводки.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 6.2. Выполнять работы по инвентаризации и отражать ее результаты в бухгалтерских проводках.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3/72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 6.3. Осуществлять сбор информации о деятельности объекта внутреннего контроля по выполнению требований правовой и нормативной базы и внутренних регламентов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3/72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 6.4. Выполнять контрольные процедуры и их документирование, подготавливать и оформлять завершающие материалы по результатам внутреннего контроля</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3/72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПМ 7. Проведение расчетов с бюджетом и внебюджетными фондами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 7.1.Формировать бухгалтерские проводки по начислению и перечислению налогов и сборов в бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 7.2. Оформлять платежные документы для перечисления налогов и сборов в бюджет и контроль их прохождения по расчетно-кассовым банковским операциям.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 7.3. Формировать бухгалтерские проводки по начислению и перечислению обязательных отчислений и взносов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 7.4.Оформлять платежные документы на перечисление обязательных отчислений и взносов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 7.5. Применять налоговые льготы в используемой системе налогообложения при исчислении величины налогов и сборов, обязательных для уплаты.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПМ 8. Участие в составлении бухгалтерской (финансовой) отчетности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 8.1. Отражать нарастающие итоги на счетах бухгалтерского учета, имущественное и финансовое положение организации.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 8.2. Определять результаты хозяйственной деятельности за отчетный период</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 8.3. Участвовать в составление (отчетов) и налоговых деклараций по налогам и сборам.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3/72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 8.4. Участвовать в составлении в установленные сроки бухгалтерской, налоговой и статистической отчетности в пределах своей компетенции.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3/72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПМ 9. Участие в комплексном анализе хозяйственно-финансовой деятельности организац</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ии и ее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подразделений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 9.1. Участвовать в проведении контроля и анализа информации об активах и финансовом положении организации, ее платежеспособности и доходности.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3/72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 9.2. Принимать участие в составлении бизнес-плана.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 9.3. Участвовать в проведении анализа информации, полученной в ходе проведения контрольных процедур, выявлять и оценивать риски.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 9.4. Участвовать в проведении мониторинга устранения выявленных нарушений, недостатков и рисков.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:vMerge/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>РО 9.5. Участвовать в подготовке предложений по устранению недостатков в расходовании средств, повышению эффективности производства, последовательному осуществлению режима экономии.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2/48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidTr="00F60254">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Промежуточная, итоговая аттестация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="000F11FE">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00725F48">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="212529"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10/240</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F60254" w:rsidRPr="00725F48" w:rsidRDefault="00F60254" w:rsidP="00F60254">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00725F48">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BE581F" w:rsidRDefault="00BE581F"/>
+    <w:sectPr w:rsidR="00BE581F" w:rsidSect="00F60254">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="426" w:right="424" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
-<file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-[...470 lines deleted...]
-</sst>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-[...329 lines deleted...]
-</styleSheet>
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00F60254"/>
+    <w:rsid w:val="00837C4B"/>
+    <w:rsid w:val="00BE581F"/>
+    <w:rsid w:val="00F60254"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="ru-RU"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+</w:settings>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F60254"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
 </file>
 
-<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F60254"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
-        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
@@ -1109,1178 +12029,55 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...1116 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
+  <Template>Normal.dotm</Template>
+  <TotalTime></TotalTime>
+  <Pages>9</Pages>
+  <Words>2708</Words>
+  <Characters>15439</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
+  <Lines>128</Lines>
+  <Paragraphs>36</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
+  <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>18111</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Computer</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>