--- v0 (2025-10-29)
+++ v1 (2025-12-13)
@@ -1,6328 +1,5443 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00600BCB" w:rsidRPr="003F2279" w:rsidRDefault="003454B4" w:rsidP="00600BCB">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00AC7E1C" w:rsidRPr="00382897" w:rsidRDefault="00DB29BE" w:rsidP="00AC7E1C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6379"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7E1C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7E1C" w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Утвержден</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC7E1C" w:rsidRPr="00382897" w:rsidRDefault="00AC7E1C" w:rsidP="00AC7E1C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>постановлением акимата</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC7E1C" w:rsidRPr="00382897" w:rsidRDefault="00AC7E1C" w:rsidP="00AC7E1C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="461"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодарской области</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC7E1C" w:rsidRDefault="00AC7E1C" w:rsidP="00AC7E1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ноября</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 201</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC7E1C" w:rsidRPr="00382897" w:rsidRDefault="00AC7E1C" w:rsidP="00AC7E1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                            </w:t>
-[...118 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> 385/6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00A22BB2" w:rsidRDefault="0058107A" w:rsidP="00AC7E1C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="2040"/>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...16 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:ind w:left="6372"/>
         <w:rPr>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...85 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-        <w:widowControl w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B3DEA" w:rsidRPr="00A22BB2" w:rsidRDefault="009B3DEA" w:rsidP="0058107A">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00166758" w:rsidRPr="003F2279" w:rsidRDefault="00166758" w:rsidP="002B5397">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="006E50D6" w:rsidRDefault="0058107A" w:rsidP="008C7DDB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7230"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Регламент государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="006E50D6">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7DDB" w:rsidRPr="00E718FB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предоставление бесплатного питания отдельным категориям граждан, а также лицам, находящимся под опекой (попечительством) и патронатом, обучающимся и воспитанникам организаций технического и профессионального, послесреднего и высшего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E50D6">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="005D652C" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="005D652C" w:rsidRDefault="0058107A" w:rsidP="0058107A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00151ECD" w:rsidRPr="00AF14DE" w:rsidRDefault="00151ECD" w:rsidP="00151ECD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006B1604">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="006B1604">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF14DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="005D652C" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="7230"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Государственная услуга </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Batang"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ko-KR"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="009E3A2C" w:rsidRPr="00E718FB">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предоставление бесплатного питания отдельным категориям граждан, а также лицам, находящимся под опекой (попечительством) и патронатом, обучающимся и воспитанникам организаций технического и профессионального, послесреднего и высшего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E50D6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">далее </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственная услуга) оказывается </w:t>
+      </w:r>
+      <w:r w:rsidR="00B6018A" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>местным исполнительным орган</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6018A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidR="00B6018A" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и высшими учебными заведениями</w:t>
+      </w:r>
+      <w:r w:rsidR="00877997">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодарской области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(далее – услугодатель)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F2279">
-[...23 lines deleted...]
-        <w:pStyle w:val="af0"/>
+    </w:p>
+    <w:p w:rsidR="008E5725" w:rsidRDefault="008E5725" w:rsidP="0058107A">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0"/>
-[...263 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-      <w:r w:rsidR="009F7658" w:rsidRPr="00943456">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004446C5">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием заявления и выдача результата оказания государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляется через канцелярию услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidR="00C90AA0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Форма оказания государственной услуги: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>бумажная</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00964371" w:rsidRPr="00964371" w:rsidRDefault="0058107A" w:rsidP="00EC33C9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD474F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD474F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Результат оказания государственной услуги –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00964371" w:rsidRPr="00964371">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">решение </w:t>
+      </w:r>
+      <w:r w:rsidR="00964371" w:rsidRPr="00964371">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в произвольной форме о предоставлении бесплатного питания или отказе</w:t>
+      </w:r>
+      <w:r w:rsidR="00964371">
+        <w:rPr>
+          <w:rStyle w:val="s0"/>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00964371" w:rsidRPr="00964371" w:rsidRDefault="00964371" w:rsidP="00964371">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00964371">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Форма предоставления результата оказания государственной услуги: бумажная.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="005D652C" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00964371" w:rsidRPr="005D652C" w:rsidRDefault="00964371" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00151ECD" w:rsidRDefault="00151ECD" w:rsidP="00151ECD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF14DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF14DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка действий структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="005D652C" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00007C05" w:rsidRPr="00007C05" w:rsidRDefault="0058107A" w:rsidP="00007C05">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00196146">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196146">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00196146">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Основанием</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00007C05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для начала процедуры (действия) по оказанию государственной услуги является заявление услугополучателя с приложением необходимых документов, указанных в пункте  9  </w:t>
+      </w:r>
+      <w:r w:rsidR="00964371" w:rsidRPr="001209C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>стандарта государственной услуги</w:t>
+      </w:r>
+      <w:r w:rsidR="00964371">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00964371" w:rsidRPr="00E04783">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00964371" w:rsidRPr="00E718FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предоставление бесплатного питания отдельным категориям граждан, а также лицам, находящимся под опекой (попечительством) и патронатом, обучающимся и воспитанникам организаций технического и профессионального, послесреднего и высшего образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00964371" w:rsidRPr="00007C05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», утвержденного </w:t>
+      </w:r>
+      <w:r w:rsidR="00964371" w:rsidRPr="00007C05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">приказом Министра образования и науки Республики Казахстан от </w:t>
+      </w:r>
+      <w:r w:rsidR="00964371">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>7 августа</w:t>
+      </w:r>
+      <w:r w:rsidR="00964371" w:rsidRPr="00007C05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2017 года № 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00964371">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">96 </w:t>
+      </w:r>
+      <w:r w:rsidR="00964371" w:rsidRPr="00007C05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>(далее - Стандарт)</w:t>
+      </w:r>
+      <w:r w:rsidR="00964371">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00007C05" w:rsidRPr="00007C05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длительность и последовательность ее выполнения, в том числе этапы прохождения процедур (действий):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA1603" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) сотрудник </w:t>
+      </w:r>
+      <w:r w:rsidR="003171E3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>осуществляет прием и регистрацию полученных от услугополучателя документов</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC33C9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC33C9" w:rsidRPr="00EC33C9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC33C9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сверяет копии с оригиналами документов, возвращает оригиналы услугополучателю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и передает на рассмотрение руководителю </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="003171E3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="003171E3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тридцать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA1603">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="00FA1603" w:rsidP="0058107A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382754">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случаях предоставления услугополучателем неполного пакета документов согласно перечню, предусмотренному </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z34" w:history="1">
+        <w:r w:rsidRPr="00382754">
+          <w:rPr>
+            <w:rFonts w:eastAsia="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>пунктом 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00382754">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382754">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тандарта</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC33C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382754">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и (или) документов с истекшим сроком действия </w:t>
+      </w:r>
+      <w:r w:rsidR="004254A9" w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сотрудник </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC33C9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidR="0006648C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00054403" w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:r w:rsidR="00054403" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0006648C" w:rsidRPr="004446C5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отказывает в приеме заявления</w:t>
+      </w:r>
+      <w:r w:rsidR="0058107A" w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) руководитель </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рассматривает </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и определяет ответственного исполнителя </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00054403">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001334EE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00054403">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>два</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001334EE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00426C5A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>календарных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004254A9">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) ответственный исполнитель услугодателя оформляет </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC33C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>решени</w:t>
+      </w:r>
+      <w:r w:rsidR="00054403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC33C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00054403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidR="00151ECD" w:rsidRPr="001209C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказ</w:t>
+      </w:r>
+      <w:r w:rsidR="00964371" w:rsidRPr="00964371">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00964371" w:rsidRPr="00495D61">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 </w:t>
+      </w:r>
+      <w:r w:rsidR="00964371">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r w:rsidR="00964371" w:rsidRPr="00495D61">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тандарта</w:t>
+      </w:r>
+      <w:r w:rsidR="00151642">
+        <w:rPr>
+          <w:rStyle w:val="s1"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00151ECD" w:rsidRPr="001209C7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00151ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">направляет на рассмотрение и подписание руководителю </w:t>
+      </w:r>
+      <w:r w:rsidR="00594403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">услугодателя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001334EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="004254A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001334EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="004254A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>четыре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001334EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00426C5A" w:rsidRPr="00426C5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>календарных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004254A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001334EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00F20250" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) руководитель услугодателя рассматривает </w:t>
+      </w:r>
+      <w:r w:rsidR="00151ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="00151ECD" w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подписывает</w:t>
+      </w:r>
+      <w:r w:rsidR="00151ECD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> р</w:t>
+      </w:r>
+      <w:r w:rsidR="00151ECD" w:rsidRPr="00DD474F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>езультат оказания</w:t>
+      </w:r>
+      <w:r w:rsidR="00151ECD" w:rsidRPr="00DD474F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной </w:t>
+      </w:r>
+      <w:r w:rsidR="00151ECD" w:rsidRPr="00EC33C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC33C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC33C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00054403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC33C9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC33C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00054403">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>два</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC33C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001334EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00426C5A" w:rsidRPr="00426C5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>календарных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001334EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidR="004254A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F20250">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="00EC33C9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) сотрудник </w:t>
+      </w:r>
+      <w:r w:rsidR="003171E3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услугодателя регистрирует результат государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и выдает </w:t>
+      </w:r>
+      <w:r w:rsidR="00594403">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">его </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047439E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- 30 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тридцать)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Consolas"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="00EC33C9">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD474F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-        <w:ind w:left="0" w:firstLine="709"/>
+      <w:r w:rsidRPr="00DD474F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Результат (процедуры) действия оказания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD474F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственной услуги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC33C9" w:rsidRPr="008E5725">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>решение в произвольной форме о предоставлении бесплатного питания или отказе</w:t>
+      </w:r>
+      <w:r w:rsidR="001F3318" w:rsidRPr="008E5725">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001F3318">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00DD557F" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00DD557F" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00151ECD" w:rsidRPr="00AF14DE" w:rsidRDefault="00151ECD" w:rsidP="00151ECD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF14DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="0D0D0D"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF14DE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание порядка взаимодействия структурных подразделений (работников) услугодателя в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00DD557F" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...20 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Перечень структурных подразделений (работников) услугодателя, которые участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) сотрудник </w:t>
+      </w:r>
+      <w:r w:rsidR="003171E3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>канцелярии</w:t>
+      </w:r>
+      <w:r w:rsidR="003171E3" w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00043F28">
-[...33 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) руководитель услугодателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) ответственный исполнитель услугодателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Описание последовательности процедур (действий) между структурными подразделениями (работниками) услугодателя с указанием длительности каждой процедуры (действия) сопровождается в справочнике бизнес</w:t>
+      </w:r>
+      <w:r w:rsidR="00151642">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процессов оказания государственной услуги согласно приложению к настоящему регламенту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00DD557F" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00890C44" w:rsidRPr="00DD557F" w:rsidRDefault="00890C44" w:rsidP="0058107A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00151ECD" w:rsidRPr="00382897" w:rsidRDefault="00151ECD" w:rsidP="00151ECD">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Описание порядка взаимодействия с Государственной корпорацией</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA175C">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Правительство для граждан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а также порядка использования информационных систем</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B91F82" w:rsidRPr="00043F28">
-[...2256 lines deleted...]
-    <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="002B5397">
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...23 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
-      <w:r w:rsidRPr="003F2279">
-[...64 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="z147"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осударственная услуга через некоммерческое акционерное общество </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Государственная корпорация «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Правительство для граждан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA175C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и веб-порт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ал «электронного правительства»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00506923">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>не оказывается</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E4067" w:rsidRDefault="003E4067">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D0664E" w:rsidRPr="00856CDC" w:rsidRDefault="003454B4" w:rsidP="00D0664E">
-[...2 lines deleted...]
-        <w:ind w:left="3540"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3085"/>
+        <w:gridCol w:w="6768"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0058107A" w:rsidRPr="00054403" w:rsidTr="003E4067">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0058107A" w:rsidRPr="00054403" w:rsidRDefault="000F2922" w:rsidP="008D4452">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="993"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00054403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br w:type="page"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6768" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0058107A" w:rsidRPr="00054403" w:rsidRDefault="0058107A" w:rsidP="008D4452">
+            <w:pPr>
+              <w:pStyle w:val="ac"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00054403">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:i w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0058107A" w:rsidRPr="00054403" w:rsidRDefault="0058107A" w:rsidP="008D4452">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00054403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к регламенту государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00054403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="000F2922" w:rsidRPr="00054403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Предоставление бесплатного питания отдельным категориям граждан, а также лицам, находящимся под опекой (попечительством) и патронатом, обучающимся и воспитанникам организаций технического и профессионального, послесреднего и высшего образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00054403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="009B3DEA" w:rsidRDefault="009B3DEA" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00856CDC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00054403" w:rsidRPr="00054403" w:rsidRDefault="00054403" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00054403" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054403">
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:ind w:left="3540"/>
+        </w:rPr>
+        <w:t>Справочник бизнес-процессов оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054403">
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="000F2922" w:rsidRPr="00054403">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+        <w:t>Предоставление бесплатного питания отдельным категориям граждан, а также лицам, находящимся под опекой (попечительством) и патронатом, обучающимся и воспитанникам организаций технического и профессионального, послесреднего и высшего образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054403">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        </w:tabs>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00054403" w:rsidRDefault="00054403" w:rsidP="0058107A">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00856CDC">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00054403" w:rsidRPr="00054403" w:rsidRDefault="00054403" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...42 lines deleted...]
-        </w:tabs>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="009B3DEA" w:rsidRDefault="00427A58" w:rsidP="0058107A">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...32 lines deleted...]
-      <w:r w:rsidRPr="007C3005">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00427A58">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1133" style="position:absolute;left:0;text-align:left;margin-left:377.6pt;margin-top:7.2pt;width:106.6pt;height:65.05pt;z-index:251647488" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1133">
+          <v:roundrect id="_x0000_s1072" style="position:absolute;left:0;text-align:left;margin-left:377.6pt;margin-top:5.95pt;width:111pt;height:53.65pt;z-index:251644416" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1072">
               <w:txbxContent>
-                <w:p w:rsidR="00BD05F5" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+                <w:p w:rsidR="0058107A" w:rsidRPr="00054403" w:rsidRDefault="0058107A" w:rsidP="0058107A">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00054403">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Ответственный </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00394415" w:rsidRPr="00054403">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                  </w:pPr>
-[...66 lines deleted...]
-                  </w:pPr>
+                    <w:t>и</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00054403">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>сполнитель услугодателя</w:t>
+                  </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="007C3005">
+      <w:r w:rsidRPr="00427A58">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1134" style="position:absolute;left:0;text-align:left;margin-left:268.5pt;margin-top:7.2pt;width:103.8pt;height:57.85pt;z-index:251648512" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1134">
+          <v:roundrect id="_x0000_s1058" style="position:absolute;left:0;text-align:left;margin-left:268.5pt;margin-top:5.95pt;width:103.8pt;height:47.7pt;z-index:251645440" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1058">
               <w:txbxContent>
-                <w:p w:rsidR="003454B4" w:rsidRPr="00E42FE3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+                <w:p w:rsidR="0058107A" w:rsidRPr="00054403" w:rsidRDefault="0058107A" w:rsidP="0058107A">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00E42FE3">
-[...5 lines deleted...]
-                    <w:t>Көрсетілетін қызметті берушінің басшысы</w:t>
+                  <w:r w:rsidRPr="00054403">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Руководитель </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="003454B4" w:rsidRPr="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+                <w:p w:rsidR="0058107A" w:rsidRPr="00054403" w:rsidRDefault="0058107A" w:rsidP="0058107A">
                   <w:pPr>
-                    <w:rPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:r w:rsidRPr="00054403">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>услугодателя</w:t>
+                  </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1136" style="position:absolute;left:0;text-align:left;margin-left:123.4pt;margin-top:7.2pt;width:137.75pt;height:57.85pt;z-index:251650560" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1136">
+          <v:roundrect id="_x0000_s1057" style="position:absolute;left:0;text-align:left;margin-left:123.4pt;margin-top:5.95pt;width:137.75pt;height:47.7pt;z-index:251647488" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1057">
               <w:txbxContent>
-                <w:p w:rsidR="003454B4" w:rsidRPr="001D475C" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+                <w:p w:rsidR="0058107A" w:rsidRPr="00054403" w:rsidRDefault="0058107A" w:rsidP="0058107A">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00E42FE3">
-[...30 lines deleted...]
-                    <w:t xml:space="preserve"> қызметкері</w:t>
+                  <w:r w:rsidRPr="00054403">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Сотрудник</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="003454B4" w:rsidRPr="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+                <w:p w:rsidR="0058107A" w:rsidRPr="00054403" w:rsidRDefault="003171E3" w:rsidP="0058107A">
                   <w:pPr>
-                    <w:rPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:r w:rsidRPr="00054403">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">канцелярии </w:t>
+                  </w:r>
+                  <w:r w:rsidR="0058107A" w:rsidRPr="00054403">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>услугодателя</w:t>
+                  </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1135" style="position:absolute;left:0;text-align:left;margin-left:5.05pt;margin-top:7.2pt;width:113pt;height:57.85pt;z-index:251649536" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1135">
+          <v:roundrect id="_x0000_s1056" style="position:absolute;left:0;text-align:left;margin-left:5.05pt;margin-top:5.95pt;width:113pt;height:47.7pt;z-index:251646464" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1056">
               <w:txbxContent>
-                <w:p w:rsidR="003454B4" w:rsidRPr="00254BEC" w:rsidRDefault="003454B4" w:rsidP="003454B4">
-[...16 lines deleted...]
-                <w:p w:rsidR="003454B4" w:rsidRPr="001D475C" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+                <w:p w:rsidR="0058107A" w:rsidRPr="00054403" w:rsidRDefault="0058107A" w:rsidP="00DD0068">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:r w:rsidRPr="00054403">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Услугополучатель</w:t>
+                  </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003454B4" w:rsidRPr="002B5397" w:rsidRDefault="003454B4" w:rsidP="005F5374">
-[...12 lines deleted...]
-    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A80BF3">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00382897">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="007C3005" w:rsidP="003454B4">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="00427A58" w:rsidP="0058107A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1141" style="position:absolute;left:0;text-align:left;margin-left:386.15pt;margin-top:11.45pt;width:93.55pt;height:234.45pt;z-index:251655680">
-            <v:textbox style="mso-next-textbox:#_x0000_s1141">
+          <v:roundrect id="_x0000_s1073" style="position:absolute;left:0;text-align:left;margin-left:372.3pt;margin-top:12.7pt;width:111pt;height:474.15pt;z-index:251648512" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1073">
               <w:txbxContent>
-                <w:p w:rsidR="00276C40" w:rsidRPr="00856CDC" w:rsidRDefault="0053650D" w:rsidP="00FE68EC">
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="0058107A" w:rsidRPr="009155EA" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="009155EA">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">                 </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1061" style="position:absolute;left:0;text-align:left;margin-left:261.15pt;margin-top:12.7pt;width:103.8pt;height:474.15pt;z-index:251649536" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1061">
+              <w:txbxContent>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="0058107A" w:rsidRPr="009155EA" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">             </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">               </w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1060" style="position:absolute;left:0;text-align:left;margin-left:118.05pt;margin-top:12.7pt;width:137.75pt;height:474.15pt;z-index:251651584" arcsize="10923f">
+            <v:textbox style="mso-next-textbox:#_x0000_s1060">
+              <w:txbxContent>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A"/>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="0058107A" w:rsidRPr="009155EA" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001659DB">
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">                </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">                   </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">                  </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="0058107A" w:rsidRPr="00364326" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="24"/>
+                      <w:szCs w:val="24"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">                  </w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:roundrect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1059" style="position:absolute;left:0;text-align:left;margin-left:4.25pt;margin-top:12.7pt;width:109.7pt;height:474.15pt;z-index:251650560" arcsize="10923f"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="00427A58" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1090" style="position:absolute;left:0;text-align:left;margin-left:123.4pt;margin-top:14.95pt;width:123.35pt;height:170.85pt;z-index:251672064">
+            <v:textbox style="mso-next-textbox:#_x0000_s1090">
+              <w:txbxContent>
+                <w:p w:rsidR="00DD6461" w:rsidRDefault="00EC33C9" w:rsidP="00EC33C9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00856CDC">
-[...137 lines deleted...]
-                    <w:t xml:space="preserve">уға және қол қоюға </w:t>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Осуществляет прием </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00856CDC" w:rsidRDefault="00276C40" w:rsidP="00FE68EC">
+                <w:p w:rsidR="00DD6461" w:rsidRDefault="00EC33C9" w:rsidP="00EC33C9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
-                      <w:rFonts w:eastAsia="Times New Roman"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00856CDC">
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>и регистрацию полученных от услугополучателя документов,</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>жібереді</w:t>
-[...25 lines deleted...]
-                    <w:t xml:space="preserve"> </w:t>
+                    <w:t xml:space="preserve"> сверяет копии с оригиналами документов, возвращает оригиналы услугополучателю </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="003454B4" w:rsidRPr="00856CDC" w:rsidRDefault="00FE68EC" w:rsidP="00FE68EC">
+                <w:p w:rsidR="00DD6461" w:rsidRDefault="00EC33C9" w:rsidP="00EC33C9">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00856CDC">
-                    <w:rPr>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">и передает </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00676E6E" w:rsidRPr="00DD0068" w:rsidRDefault="00EC33C9" w:rsidP="00EC33C9">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">4 (төрт) </w:t>
-[...2 lines deleted...]
-                    <w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">на рассмотрение руководителю </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">услугодателя </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00676E6E" w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>күнтізбелік</w:t>
-[...2 lines deleted...]
-                    <w:rPr>
+                    <w:t>–</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve"> күн</w:t>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00EC33C9" w:rsidRPr="00DD0068" w:rsidRDefault="00EC33C9" w:rsidP="00EC33C9">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">30 </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>(</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">тридцать) </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>минут</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1139" style="position:absolute;left:0;text-align:left;margin-left:5.05pt;margin-top:.65pt;width:107.75pt;height:470.35pt;z-index:251653632" arcsize="10923f"/>
-[...10 lines deleted...]
-            <v:textbox style="mso-next-textbox:#_x0000_s1142">
+          <v:rect id="_x0000_s1065" style="position:absolute;left:0;text-align:left;margin-left:269.95pt;margin-top:14.95pt;width:88.05pt;height:104.25pt;z-index:251653632">
+            <v:textbox style="mso-next-textbox:#_x0000_s1065">
               <w:txbxContent>
-                <w:p w:rsidR="00D64C9B" w:rsidRPr="00856CDC" w:rsidRDefault="00FF1BF9" w:rsidP="008F2186">
+                <w:p w:rsidR="00676E6E" w:rsidRPr="00DD0068" w:rsidRDefault="000F2922" w:rsidP="000F2922">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
-                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00856CDC">
-[...45 lines deleted...]
-                    <w:t xml:space="preserve"> </w:t>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Рассматривает документ </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="003454B4" w:rsidRPr="00856CDC" w:rsidRDefault="00856CDC" w:rsidP="008F2186">
+                <w:p w:rsidR="0058107A" w:rsidRPr="00DD0068" w:rsidRDefault="000F2922" w:rsidP="000F2922">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">и определяет ответственного исполнителя </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                  </w:pPr>
-[...1 lines deleted...]
-                    <w:rPr>
+                    <w:t xml:space="preserve">-           </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00054403">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>2</w:t>
-[...39 lines deleted...]
-                    <w:t xml:space="preserve"> күн</w:t>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>(</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00054403">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>два</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">) </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00426C5A" w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>календарных</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> дня</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:rect id="_x0000_s1143" style="position:absolute;left:0;text-align:left;margin-left:130.25pt;margin-top:11.45pt;width:123.35pt;height:185.2pt;z-index:251657728">
-            <v:textbox style="mso-next-textbox:#_x0000_s1143">
+          <v:rect id="_x0000_s1074" style="position:absolute;left:0;text-align:left;margin-left:377.6pt;margin-top:14.95pt;width:93.55pt;height:196.15pt;z-index:251652608">
+            <v:textbox style="mso-next-textbox:#_x0000_s1074">
               <w:txbxContent>
-                <w:p w:rsidR="00276C40" w:rsidRPr="00856CDC" w:rsidRDefault="00276C40" w:rsidP="008F2186">
+                <w:p w:rsidR="00DD6461" w:rsidRDefault="00426C5A" w:rsidP="000F2922">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00856CDC">
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Оформляет </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>решени</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00054403">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>е</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00054403">
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t xml:space="preserve">Көрсетілетін қызметті алушыдан алынған құжаттарды қабылдауды және тіркеуді жүзеге асырады, көшірмелерді құжаттардың телнұсқаларымен салыстырады, телнұсқаларды қызмет алушыға қайтарады және көрсетілетін қызметті берушінің басшысына қарастыруға береді – </w:t>
+                    <w:t>или</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> отказ</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:b/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rStyle w:val="s1"/>
+                      <w:b w:val="0"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>в оказании государственной услуги в случаях и по основаниям, предусмотренным пунктом 10 Стандарта</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00151642">
+                    <w:rPr>
+                      <w:rStyle w:val="s1"/>
+                      <w:b w:val="0"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t>,</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="003454B4" w:rsidRPr="00856CDC" w:rsidRDefault="008F2186" w:rsidP="008F2186">
+                <w:p w:rsidR="00DD6461" w:rsidRDefault="00426C5A" w:rsidP="000F2922">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r w:rsidRPr="00856CDC">
+                  <w:r w:rsidRPr="00DD0068">
                     <w:rPr>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
-                    <w:t>30 (отыз) минут</w:t>
+                    <w:t xml:space="preserve">и </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">направляет </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DD6461" w:rsidRDefault="00426C5A" w:rsidP="000F2922">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">на рассмотрение </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00676E6E" w:rsidRPr="00DD0068" w:rsidRDefault="00426C5A" w:rsidP="000F2922">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">и подписание руководителю услугодателя </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00676E6E" w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>–</w:t>
+                  </w:r>
+                  <w:r w:rsidR="000F2922" w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="0058107A" w:rsidRPr="00DD0068" w:rsidRDefault="000F2922" w:rsidP="000F2922">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>4</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">(четыре) </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00426C5A" w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>календарных</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> дня</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:rect>
         </w:pict>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="00427A58" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1137" style="position:absolute;left:0;text-align:left;margin-left:377.6pt;margin-top:.65pt;width:111.95pt;height:470.35pt;z-index:251651584" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1137">
+          <v:roundrect id="_x0000_s1092" style="position:absolute;left:0;text-align:left;margin-left:29.25pt;margin-top:15.15pt;width:72.25pt;height:41.85pt;z-index:251673088" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+            <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
+            <v:textbox>
               <w:txbxContent>
-                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4"/>
-[...3 lines deleted...]
-                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+                <w:p w:rsidR="00054403" w:rsidRPr="00035F01" w:rsidRDefault="00054403" w:rsidP="00054403">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
                   </w:pPr>
-                </w:p>
-[...93 lines deleted...]
-                    <w:t xml:space="preserve">               </w:t>
+                  <w:r w:rsidRPr="00035F01">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Заявление</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="00427A58" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00427A58">
         <w:rPr>
           <w:noProof/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:roundrect id="_x0000_s1140" style="position:absolute;left:0;text-align:left;margin-left:118.05pt;margin-top:.65pt;width:143.1pt;height:470.35pt;z-index:251654656" arcsize="10923f">
-            <v:textbox style="mso-next-textbox:#_x0000_s1140">
+          <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+            <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+            <o:lock v:ext="edit" shapetype="t"/>
+          </v:shapetype>
+          <v:shape id="_x0000_s1075" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:358pt;margin-top:14.95pt;width:21.6pt;height:0;z-index:251656704" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1068" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:246.25pt;margin-top:14.95pt;width:23.2pt;height:0;z-index:251657728" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1067" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:101.5pt;margin-top:15pt;width:21.9pt;height:0;z-index:251658752" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="00427A58" w:rsidP="0058107A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1082" style="position:absolute;margin-left:123.4pt;margin-top:25.3pt;width:123.35pt;height:148.2pt;z-index:251664896">
+            <v:textbox style="mso-next-textbox:#_x0000_s1082">
               <w:txbxContent>
-                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4"/>
-[...3 lines deleted...]
-                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+                <w:p w:rsidR="00DD6461" w:rsidRDefault="000F2922" w:rsidP="000F2922">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-                    <w:rPr>
-[...1 lines deleted...]
-                      <w:szCs w:val="24"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">В случаях предоставления услугополучателем неполного пакета документов согласно перечню, предусмотренному </w:t>
+                  </w:r>
+                  <w:hyperlink r:id="rId7" w:anchor="z34" w:history="1">
+                    <w:r w:rsidRPr="00DD0068">
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Times New Roman"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>пунктом 9</w:t>
+                    </w:r>
+                  </w:hyperlink>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Стандарта</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00151642">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>,</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
                 </w:p>
-                <w:p w:rsidR="003454B4" w:rsidRPr="009155EA" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+                <w:p w:rsidR="00DD6461" w:rsidRDefault="000F2922" w:rsidP="000F2922">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-                    <w:rPr>
-[...1 lines deleted...]
-                      <w:szCs w:val="20"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">и (или) документов </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00DD6461" w:rsidRDefault="000F2922" w:rsidP="000F2922">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">с истекшим сроком действия </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">отказывает </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="00FA1603" w:rsidRPr="00DD0068" w:rsidRDefault="000F2922" w:rsidP="000F2922">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>в приеме заявления</w:t>
+                  </w:r>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1083" type="#_x0000_t32" style="position:absolute;margin-left:191.3pt;margin-top:8.75pt;width:.05pt;height:16.5pt;z-index:251665920" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="00427A58" w:rsidP="0058107A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1085" type="#_x0000_t32" style="position:absolute;margin-left:422.65pt;margin-top:5.5pt;width:.05pt;height:185.35pt;z-index:251667968" o:connectortype="straight"/>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRDefault="0058107A" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0058107A" w:rsidRPr="00382897" w:rsidRDefault="00427A58" w:rsidP="0058107A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00427A58">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1076" style="position:absolute;left:0;text-align:left;margin-left:268.5pt;margin-top:14.15pt;width:88.05pt;height:115.05pt;z-index:251659776">
+            <v:textbox style="mso-next-textbox:#_x0000_s1076">
+              <w:txbxContent>
+                <w:p w:rsidR="00DD6461" w:rsidRDefault="00151642" w:rsidP="000F2922">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
-                      <w:sz w:val="24"/>
-[...9 lines deleted...]
-                    <w:t xml:space="preserve">                </w:t>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Р</w:t>
+                  </w:r>
+                  <w:r w:rsidR="000F2922" w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">ассматривает </w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+                <w:p w:rsidR="00676E6E" w:rsidRPr="00DD0068" w:rsidRDefault="000F2922" w:rsidP="000F2922">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-                    <w:rPr>
-[...1 lines deleted...]
-                      <w:szCs w:val="24"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>и подписывает р</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>езультат оказания</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> государственной услуги </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00676E6E" w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>–</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
                 </w:p>
-                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+                <w:p w:rsidR="0058107A" w:rsidRPr="00DD0068" w:rsidRDefault="00054403" w:rsidP="000F2922">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-                    <w:rPr>
-[...1 lines deleted...]
-                      <w:szCs w:val="24"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>2</w:t>
+                  </w:r>
+                  <w:r w:rsidR="000F2922" w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>(два</w:t>
+                  </w:r>
+                  <w:r w:rsidR="000F2922" w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">) </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00426C5A" w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>календарных</w:t>
+                  </w:r>
+                  <w:r w:rsidR="000F2922" w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> дня</w:t>
+                  </w:r>
                 </w:p>
-                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00594403" w:rsidRDefault="00594403" w:rsidP="0058107A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00594403" w:rsidRDefault="00594403" w:rsidP="0058107A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00594403" w:rsidRDefault="00594403" w:rsidP="0058107A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00890C44" w:rsidRDefault="00427A58" w:rsidP="0058107A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00427A58">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:rect id="_x0000_s1066" style="position:absolute;left:0;text-align:left;margin-left:123.4pt;margin-top:5.65pt;width:123.35pt;height:68.95pt;z-index:251660800">
+            <v:textbox style="mso-next-textbox:#_x0000_s1066">
+              <w:txbxContent>
+                <w:p w:rsidR="0058107A" w:rsidRPr="00DD0068" w:rsidRDefault="003E4067" w:rsidP="003E4067">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-                    <w:rPr>
-[...1 lines deleted...]
-                      <w:szCs w:val="24"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Регистрирует результат государственной услуги и выдает его услугополучателю </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">-              30 </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>(</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">тридцать) </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00DD0068">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Consolas"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>минут</w:t>
+                  </w:r>
                 </w:p>
-                <w:p w:rsidR="003454B4" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+              </w:txbxContent>
+            </v:textbox>
+          </v:rect>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00427A58">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:roundrect id="_x0000_s1093" style="position:absolute;left:0;text-align:left;margin-left:9.8pt;margin-top:5.65pt;width:98.05pt;height:69.5pt;z-index:251674112" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+            <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
+            <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
+            <v:textbox>
+              <w:txbxContent>
+                <w:p w:rsidR="00054403" w:rsidRPr="00035F01" w:rsidRDefault="00054403" w:rsidP="00054403">
                   <w:pPr>
-                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                      <w:szCs w:val="24"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
-                </w:p>
-[...63 lines deleted...]
-                    <w:t xml:space="preserve">                  </w:t>
+                  <w:r w:rsidRPr="00035F01">
+                    <w:rPr>
+                      <w:sz w:val="20"/>
+                      <w:szCs w:val="20"/>
+                    </w:rPr>
+                    <w:t>Результат оказания государственной услуги</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:roundrect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="007C3005" w:rsidP="003454B4">
-[...447 lines deleted...]
-    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="007C3005" w:rsidP="003454B4">
+    <w:p w:rsidR="00890C44" w:rsidRDefault="00890C44" w:rsidP="0058107A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6372"/>
-        <w:rPr>
-[...197 lines deleted...]
-    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="003454B4" w:rsidP="003454B4">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00594403" w:rsidRDefault="00427A58" w:rsidP="0058107A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6372"/>
-        <w:rPr>
-[...4 lines deleted...]
-    <w:p w:rsidR="003454B4" w:rsidRPr="00A80BF3" w:rsidRDefault="007C3005" w:rsidP="003454B4">
+      </w:pPr>
+      <w:r w:rsidRPr="00427A58">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1084" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:356.55pt;margin-top:6.2pt;width:66.15pt;height:.05pt;flip:x;z-index:251666944" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00427A58">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1078" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:246.75pt;margin-top:10pt;width:23.2pt;height:.3pt;flip:x;z-index:251662848" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="00427A58">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1069" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:107.85pt;margin-top:10.3pt;width:15.55pt;height:.5pt;flip:x;z-index:251661824" o:connectortype="straight">
+            <v:stroke endarrow="block"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00594403" w:rsidRDefault="00594403" w:rsidP="0058107A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6372"/>
-        <w:rPr>
-[...141 lines deleted...]
-    <w:p w:rsidR="002F7D9A" w:rsidRDefault="002F7D9A" w:rsidP="00D64C9B">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00054403" w:rsidRDefault="00054403" w:rsidP="00594403">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="002F7D9A" w:rsidRDefault="007C3005" w:rsidP="00D64C9B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00054403" w:rsidRDefault="00054403" w:rsidP="00594403">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00856CDC" w:rsidRDefault="007C3005" w:rsidP="00D64C9B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00054403" w:rsidRDefault="00054403" w:rsidP="00594403">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...30 lines deleted...]
-    <w:p w:rsidR="00856CDC" w:rsidRDefault="00856CDC" w:rsidP="00D64C9B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00054403" w:rsidRDefault="00054403" w:rsidP="00594403">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidRDefault="00D64C9B" w:rsidP="00D64C9B">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00594403" w:rsidRPr="00054403" w:rsidRDefault="00594403" w:rsidP="00594403">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0030076B">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054403">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+        <w:t>Условные обозначения</w:t>
+      </w:r>
+      <w:r w:rsidR="00426C5A" w:rsidRPr="00054403">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00594403" w:rsidRPr="00054403" w:rsidRDefault="00594403" w:rsidP="00594403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="8613" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="00A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2044"/>
-        <w:gridCol w:w="6569"/>
+        <w:gridCol w:w="2048"/>
+        <w:gridCol w:w="5917"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidTr="00F1308F">
+      <w:tr w:rsidR="00594403" w:rsidRPr="00054403" w:rsidTr="008D4452">
         <w:trPr>
-          <w:trHeight w:val="860"/>
+          <w:trHeight w:val="776"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2044" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2048" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidRDefault="007C3005" w:rsidP="00F1308F">
+          <w:p w:rsidR="00594403" w:rsidRPr="00054403" w:rsidRDefault="00427A58" w:rsidP="008D4452">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="709"/>
               <w:rPr>
-                <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:kern w:val="2"/>
+                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:roundrect id="_x0000_s1158" style="position:absolute;left:0;text-align:left;margin-left:8.6pt;margin-top:5.1pt;width:57.75pt;height:27.75pt;z-index:251644416" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
+                <v:roundrect id="_x0000_s1086" style="position:absolute;margin-left:8.6pt;margin-top:5.1pt;width:57.75pt;height:27.75pt;z-index:251668992" arcsize="10923f" fillcolor="#666" strokecolor="#666" strokeweight="1pt">
                   <v:fill color2="#ccc" angle="-45" focus="-50%" type="gradient"/>
                   <v:shadow on="t" type="perspective" color="#7f7f7f" opacity=".5" offset="1pt" offset2="-3pt"/>
                 </v:roundrect>
               </w:pict>
             </w:r>
           </w:p>
-        </w:tc>
-[...12 lines deleted...]
-          <w:p w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidRDefault="00D64C9B" w:rsidP="00F1308F">
+          <w:p w:rsidR="00594403" w:rsidRPr="00054403" w:rsidRDefault="00594403" w:rsidP="008D4452">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0030076B">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5917" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00594403" w:rsidRPr="00054403" w:rsidRDefault="00594403" w:rsidP="008D4452">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет көрсетудің басталуы немесе аяқталуы;</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00054403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>начало или завершение оказания государственной услуги</w:t>
+            </w:r>
+            <w:r w:rsidR="00151642" w:rsidRPr="00054403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidTr="00F1308F">
+      <w:tr w:rsidR="00594403" w:rsidRPr="00054403" w:rsidTr="00DD0068">
         <w:trPr>
-          <w:trHeight w:val="797"/>
+          <w:trHeight w:val="827"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2044" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2048" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidRDefault="007C3005" w:rsidP="00F1308F">
+          <w:p w:rsidR="00594403" w:rsidRPr="00054403" w:rsidRDefault="00427A58" w:rsidP="008D4452">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="709"/>
               <w:rPr>
-                <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:kern w:val="2"/>
+                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:rect id="_x0000_s1159" style="position:absolute;left:0;text-align:left;margin-left:8.6pt;margin-top:9.4pt;width:58.5pt;height:23.25pt;z-index:251645440;mso-position-horizontal-relative:text;mso-position-vertical-relative:text"/>
+                <v:rect id="_x0000_s1088" style="position:absolute;margin-left:8.6pt;margin-top:9.4pt;width:58.5pt;height:23.25pt;z-index:251671040;mso-position-horizontal-relative:text;mso-position-vertical-relative:text"/>
               </w:pict>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="00594403" w:rsidRPr="00054403" w:rsidRDefault="00594403" w:rsidP="008D4452">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6569" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5917" w:type="dxa"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidRDefault="00D64C9B" w:rsidP="00F1308F">
+          <w:p w:rsidR="00594403" w:rsidRPr="00054403" w:rsidRDefault="00594403" w:rsidP="008D4452">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0030076B">
+            <w:r w:rsidRPr="00054403">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>рәсімнің (іс-қимылдың) атауы;</w:t>
+              <w:t>наименование процедуры</w:t>
+            </w:r>
+            <w:r w:rsidR="008E77AE" w:rsidRPr="00054403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D1A45" w:rsidRPr="00054403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="008E77AE" w:rsidRPr="00054403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>действия</w:t>
+            </w:r>
+            <w:r w:rsidR="009D1A45" w:rsidRPr="00054403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00151642" w:rsidRPr="00054403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidTr="00F1308F">
+      <w:tr w:rsidR="00594403" w:rsidRPr="00054403" w:rsidTr="008D4452">
         <w:trPr>
-          <w:trHeight w:val="524"/>
+          <w:trHeight w:val="473"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2044" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2048" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidRDefault="007C3005" w:rsidP="00F1308F">
+          <w:p w:rsidR="00594403" w:rsidRPr="00054403" w:rsidRDefault="00427A58" w:rsidP="008D4452">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:firstLine="709"/>
               <w:rPr>
-                <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:kern w:val="2"/>
+                <w:noProof/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:pict>
-                <v:shape id="_x0000_s1160" type="#_x0000_t32" style="position:absolute;left:0;text-align:left;margin-left:4.85pt;margin-top:11.05pt;width:73.5pt;height:0;z-index:251646464;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:connectortype="straight">
+                <v:shape id="_x0000_s1087" type="#_x0000_t32" style="position:absolute;margin-left:4.85pt;margin-top:11.05pt;width:73.5pt;height:0;z-index:251670016;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" o:connectortype="straight">
                   <v:stroke endarrow="block"/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6569" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5917" w:type="dxa"/>
             <w:vAlign w:val="center"/>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D64C9B" w:rsidRPr="0030076B" w:rsidRDefault="00D64C9B" w:rsidP="00F1308F">
+          <w:p w:rsidR="00594403" w:rsidRPr="00054403" w:rsidRDefault="00594403" w:rsidP="008D4452">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:kern w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0030076B">
+            <w:r w:rsidRPr="00054403">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>келесі рәсімге (іс-қимылға) өту.</w:t>
+              <w:t>переход  к следующей процедуре</w:t>
+            </w:r>
+            <w:r w:rsidR="008E77AE" w:rsidRPr="00054403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D1A45" w:rsidRPr="00054403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="008E77AE" w:rsidRPr="00054403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>действи</w:t>
+            </w:r>
+            <w:r w:rsidR="009D1A45" w:rsidRPr="00054403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ю)</w:t>
+            </w:r>
+            <w:r w:rsidR="00151642" w:rsidRPr="00054403">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D64C9B" w:rsidRPr="004D40BE" w:rsidRDefault="00D64C9B" w:rsidP="00D64C9B">
-      <w:pPr>
+    <w:p w:rsidR="00594403" w:rsidRDefault="00594403" w:rsidP="00594403">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00594403" w:rsidRPr="00AF14DE" w:rsidRDefault="00594403" w:rsidP="00594403">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00594403" w:rsidRPr="00AF14DE" w:rsidRDefault="00594403" w:rsidP="00594403">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00594403" w:rsidRDefault="00594403" w:rsidP="00594403">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="915"/>
+          <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:ind w:left="4248"/>
+        <w:ind w:left="6372"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...15 lines deleted...]
-    <w:sectPr w:rsidR="003454B4" w:rsidRPr="00D64C9B" w:rsidSect="004B0FC9">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00594403" w:rsidRDefault="00594403" w:rsidP="0058107A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7655"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6372"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00594403" w:rsidSect="005D652C">
       <w:headerReference w:type="first" r:id="rId8"/>
       <w:footerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1304" w:right="794" w:bottom="1304" w:left="1418" w:header="510" w:footer="1247" w:gutter="0"/>
+      <w:pgMar w:top="1304" w:right="794" w:bottom="1134" w:left="1474" w:header="510" w:footer="1247" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="006F6355" w:rsidRDefault="006F6355" w:rsidP="00AE33A2">
+    <w:p w:rsidR="00D8376A" w:rsidRDefault="00D8376A" w:rsidP="00AE33A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="006F6355" w:rsidRDefault="006F6355" w:rsidP="00AE33A2">
+    <w:p w:rsidR="00D8376A" w:rsidRDefault="00D8376A" w:rsidP="00AE33A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Batang">
+    <w:altName w:val="바탕"/>
+    <w:panose1 w:val="02030600000101010101"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="00000001" w:usb1="09060000" w:usb2="00000010" w:usb3="00000000" w:csb0="00080000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:sdt>
-[...23 lines deleted...]
-  </w:sdt>
+  <w:p w:rsidR="00AE33A2" w:rsidRDefault="00AE33A2">
+    <w:pPr>
+      <w:pStyle w:val="aa"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
   <w:p w:rsidR="00AE33A2" w:rsidRDefault="00AE33A2">
     <w:pPr>
       <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="006F6355" w:rsidRDefault="006F6355" w:rsidP="00AE33A2">
+    <w:p w:rsidR="00D8376A" w:rsidRDefault="00D8376A" w:rsidP="00AE33A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="006F6355" w:rsidRDefault="006F6355" w:rsidP="00AE33A2">
+    <w:p w:rsidR="00D8376A" w:rsidRDefault="00D8376A" w:rsidP="00AE33A2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:sdt>
-[...23 lines deleted...]
-  </w:sdt>
+  <w:p w:rsidR="00AE33A2" w:rsidRDefault="00AE33A2">
+    <w:pPr>
+      <w:pStyle w:val="a8"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+  </w:p>
   <w:p w:rsidR="00AE33A2" w:rsidRDefault="00AE33A2">
     <w:pPr>
       <w:pStyle w:val="a8"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...329 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="67"/>
+  <w:zoom w:percent="78"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00AE33A2"/>
-    <w:rsid w:val="000273BB"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00060A72"/>
+    <w:rsid w:val="000031F9"/>
+    <w:rsid w:val="00007C05"/>
+    <w:rsid w:val="00011921"/>
+    <w:rsid w:val="00034590"/>
+    <w:rsid w:val="0004216A"/>
+    <w:rsid w:val="00051B47"/>
+    <w:rsid w:val="00054403"/>
+    <w:rsid w:val="00063308"/>
+    <w:rsid w:val="0006648C"/>
     <w:rsid w:val="000742F8"/>
-    <w:rsid w:val="0007652E"/>
     <w:rsid w:val="00082BC8"/>
-    <w:rsid w:val="00085953"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00203C86"/>
+    <w:rsid w:val="000A6EA9"/>
+    <w:rsid w:val="000B1F62"/>
+    <w:rsid w:val="000B5556"/>
+    <w:rsid w:val="000F2922"/>
+    <w:rsid w:val="000F6437"/>
+    <w:rsid w:val="00106BC1"/>
+    <w:rsid w:val="00132024"/>
+    <w:rsid w:val="00151642"/>
+    <w:rsid w:val="00151ECD"/>
+    <w:rsid w:val="001711FE"/>
+    <w:rsid w:val="00194474"/>
+    <w:rsid w:val="00196146"/>
+    <w:rsid w:val="001D6EFB"/>
+    <w:rsid w:val="001F3318"/>
     <w:rsid w:val="00205516"/>
-    <w:rsid w:val="0021029A"/>
-[...6 lines deleted...]
-    <w:rsid w:val="002666CB"/>
+    <w:rsid w:val="002130B6"/>
+    <w:rsid w:val="00216A5A"/>
+    <w:rsid w:val="00220872"/>
+    <w:rsid w:val="0025747B"/>
+    <w:rsid w:val="00263AF9"/>
     <w:rsid w:val="00267B0D"/>
     <w:rsid w:val="002704DA"/>
-    <w:rsid w:val="00276C40"/>
-[...9 lines deleted...]
-    <w:rsid w:val="0034058F"/>
+    <w:rsid w:val="002C4F18"/>
+    <w:rsid w:val="003171E3"/>
     <w:rsid w:val="003413D9"/>
-    <w:rsid w:val="003454B4"/>
-[...4 lines deleted...]
-    <w:rsid w:val="003C75A3"/>
+    <w:rsid w:val="00347A50"/>
+    <w:rsid w:val="0036683D"/>
+    <w:rsid w:val="00394415"/>
+    <w:rsid w:val="00397EFC"/>
+    <w:rsid w:val="003C7A30"/>
+    <w:rsid w:val="003E4067"/>
     <w:rsid w:val="003E4523"/>
     <w:rsid w:val="004015BE"/>
     <w:rsid w:val="00413892"/>
-    <w:rsid w:val="00414635"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00475674"/>
+    <w:rsid w:val="00421B7D"/>
+    <w:rsid w:val="004254A9"/>
+    <w:rsid w:val="00426C5A"/>
+    <w:rsid w:val="00427A58"/>
+    <w:rsid w:val="004607BE"/>
+    <w:rsid w:val="00491B15"/>
+    <w:rsid w:val="00493FA8"/>
+    <w:rsid w:val="004942D0"/>
     <w:rsid w:val="00494925"/>
-    <w:rsid w:val="004B0DFA"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00507B2A"/>
+    <w:rsid w:val="004C5A64"/>
+    <w:rsid w:val="004C5F9F"/>
+    <w:rsid w:val="004F45E1"/>
+    <w:rsid w:val="004F48BA"/>
     <w:rsid w:val="00522343"/>
-    <w:rsid w:val="0053650D"/>
+    <w:rsid w:val="0052705C"/>
+    <w:rsid w:val="00532965"/>
+    <w:rsid w:val="005360CE"/>
     <w:rsid w:val="005518D8"/>
-    <w:rsid w:val="00555165"/>
-[...3 lines deleted...]
-    <w:rsid w:val="005C0DBE"/>
+    <w:rsid w:val="0058107A"/>
+    <w:rsid w:val="00584DDA"/>
+    <w:rsid w:val="00594403"/>
     <w:rsid w:val="005C73D6"/>
-    <w:rsid w:val="005E1167"/>
-[...3 lines deleted...]
-    <w:rsid w:val="006119CB"/>
+    <w:rsid w:val="005D652C"/>
+    <w:rsid w:val="00602DCE"/>
+    <w:rsid w:val="0061193A"/>
     <w:rsid w:val="00615693"/>
-    <w:rsid w:val="00621E1D"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00631741"/>
+    <w:rsid w:val="0065255E"/>
+    <w:rsid w:val="00676E6E"/>
     <w:rsid w:val="00690D36"/>
-    <w:rsid w:val="006A48E3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006B7071"/>
+    <w:rsid w:val="00697D44"/>
     <w:rsid w:val="006D1066"/>
-    <w:rsid w:val="006D2198"/>
+    <w:rsid w:val="006D57B1"/>
     <w:rsid w:val="006E036F"/>
-    <w:rsid w:val="006E5046"/>
-    <w:rsid w:val="006F6355"/>
     <w:rsid w:val="00720C05"/>
     <w:rsid w:val="00721A06"/>
-    <w:rsid w:val="00733904"/>
-    <w:rsid w:val="007564A0"/>
+    <w:rsid w:val="0077202B"/>
+    <w:rsid w:val="007732F6"/>
     <w:rsid w:val="007813AD"/>
-    <w:rsid w:val="00783B5E"/>
-[...2 lines deleted...]
-    <w:rsid w:val="007C5780"/>
+    <w:rsid w:val="00795DD9"/>
+    <w:rsid w:val="007B057B"/>
     <w:rsid w:val="007C61DE"/>
-    <w:rsid w:val="007E4D7B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00810B09"/>
+    <w:rsid w:val="007F0F0B"/>
+    <w:rsid w:val="008069EB"/>
     <w:rsid w:val="00812F70"/>
-    <w:rsid w:val="00816DC7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00820649"/>
+    <w:rsid w:val="00814237"/>
+    <w:rsid w:val="00832A50"/>
     <w:rsid w:val="008330B1"/>
-    <w:rsid w:val="00833C9E"/>
-[...15 lines deleted...]
-    <w:rsid w:val="00903039"/>
+    <w:rsid w:val="00877997"/>
+    <w:rsid w:val="00882614"/>
+    <w:rsid w:val="00890C44"/>
+    <w:rsid w:val="008C7DDB"/>
+    <w:rsid w:val="008D470A"/>
+    <w:rsid w:val="008E5725"/>
+    <w:rsid w:val="008E77AE"/>
     <w:rsid w:val="009055F3"/>
-    <w:rsid w:val="00906B65"/>
     <w:rsid w:val="0091223E"/>
-    <w:rsid w:val="00921F03"/>
-[...8 lines deleted...]
-    <w:rsid w:val="009F7658"/>
+    <w:rsid w:val="009347FC"/>
+    <w:rsid w:val="009514BF"/>
+    <w:rsid w:val="00964371"/>
+    <w:rsid w:val="0099484B"/>
+    <w:rsid w:val="009B3DEA"/>
+    <w:rsid w:val="009D1A45"/>
+    <w:rsid w:val="009E3A2C"/>
+    <w:rsid w:val="009E5C9D"/>
+    <w:rsid w:val="009F1D56"/>
     <w:rsid w:val="00A05A07"/>
+    <w:rsid w:val="00A0635C"/>
+    <w:rsid w:val="00A10081"/>
+    <w:rsid w:val="00A1789C"/>
+    <w:rsid w:val="00A20234"/>
+    <w:rsid w:val="00A22BB2"/>
     <w:rsid w:val="00A309F4"/>
     <w:rsid w:val="00A32E18"/>
-    <w:rsid w:val="00A4327F"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00A65B72"/>
     <w:rsid w:val="00A67CF2"/>
-    <w:rsid w:val="00A80BF3"/>
     <w:rsid w:val="00A83FCC"/>
     <w:rsid w:val="00A8751C"/>
-    <w:rsid w:val="00A979D9"/>
-    <w:rsid w:val="00AC551A"/>
+    <w:rsid w:val="00A947EF"/>
+    <w:rsid w:val="00AA2B87"/>
+    <w:rsid w:val="00AC089B"/>
+    <w:rsid w:val="00AC7E1C"/>
     <w:rsid w:val="00AD3DEE"/>
-    <w:rsid w:val="00AD62DE"/>
-    <w:rsid w:val="00AD773F"/>
     <w:rsid w:val="00AE33A2"/>
-    <w:rsid w:val="00AE6231"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B151FB"/>
+    <w:rsid w:val="00AE49C2"/>
+    <w:rsid w:val="00AF0E4F"/>
     <w:rsid w:val="00B17E07"/>
-    <w:rsid w:val="00B24D33"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B3075A"/>
+    <w:rsid w:val="00B6018A"/>
     <w:rsid w:val="00B64EEA"/>
+    <w:rsid w:val="00B66310"/>
     <w:rsid w:val="00B7191E"/>
-    <w:rsid w:val="00B731FE"/>
-    <w:rsid w:val="00B73338"/>
     <w:rsid w:val="00B74D07"/>
-    <w:rsid w:val="00B90694"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BD05F5"/>
+    <w:rsid w:val="00B95C35"/>
+    <w:rsid w:val="00BC73FA"/>
     <w:rsid w:val="00BF14F5"/>
-    <w:rsid w:val="00C172CA"/>
     <w:rsid w:val="00C36780"/>
-    <w:rsid w:val="00C54C5E"/>
-    <w:rsid w:val="00C611A7"/>
+    <w:rsid w:val="00C43F1F"/>
+    <w:rsid w:val="00C50A8A"/>
     <w:rsid w:val="00C669A4"/>
     <w:rsid w:val="00C8580F"/>
-    <w:rsid w:val="00C86618"/>
-    <w:rsid w:val="00C8713C"/>
+    <w:rsid w:val="00C87023"/>
+    <w:rsid w:val="00C90AA0"/>
     <w:rsid w:val="00CA6E71"/>
     <w:rsid w:val="00CC4B87"/>
-    <w:rsid w:val="00CE1B46"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D0664E"/>
+    <w:rsid w:val="00CE17E2"/>
+    <w:rsid w:val="00CF4545"/>
     <w:rsid w:val="00D24827"/>
-    <w:rsid w:val="00D27468"/>
-    <w:rsid w:val="00D31B6C"/>
     <w:rsid w:val="00D55409"/>
-    <w:rsid w:val="00D64BA6"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00DB3B93"/>
+    <w:rsid w:val="00D76E43"/>
+    <w:rsid w:val="00D8376A"/>
+    <w:rsid w:val="00D95ABF"/>
+    <w:rsid w:val="00DB29BE"/>
     <w:rsid w:val="00DB493B"/>
-    <w:rsid w:val="00DB4DBF"/>
+    <w:rsid w:val="00DB7504"/>
+    <w:rsid w:val="00DC7610"/>
+    <w:rsid w:val="00DD0068"/>
+    <w:rsid w:val="00DD557F"/>
+    <w:rsid w:val="00DD6461"/>
     <w:rsid w:val="00DF0B90"/>
     <w:rsid w:val="00DF4587"/>
-    <w:rsid w:val="00E21E9D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E61374"/>
+    <w:rsid w:val="00E25A42"/>
     <w:rsid w:val="00E66982"/>
     <w:rsid w:val="00E834AC"/>
-    <w:rsid w:val="00EA3995"/>
-    <w:rsid w:val="00EC45FE"/>
+    <w:rsid w:val="00EA44F0"/>
+    <w:rsid w:val="00EC33C9"/>
     <w:rsid w:val="00ED2E7D"/>
     <w:rsid w:val="00ED7C4B"/>
-    <w:rsid w:val="00EE0E64"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EF2F9E"/>
+    <w:rsid w:val="00EE3EC5"/>
+    <w:rsid w:val="00F00EAA"/>
     <w:rsid w:val="00F03534"/>
-    <w:rsid w:val="00F03A8B"/>
-    <w:rsid w:val="00F13381"/>
     <w:rsid w:val="00F242D8"/>
-    <w:rsid w:val="00F32AB6"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F943CF"/>
+    <w:rsid w:val="00F934C8"/>
+    <w:rsid w:val="00FA1603"/>
     <w:rsid w:val="00FA358F"/>
-    <w:rsid w:val="00FA496C"/>
     <w:rsid w:val="00FB3434"/>
-    <w:rsid w:val="00FB5149"/>
-    <w:rsid w:val="00FE68EC"/>
+    <w:rsid w:val="00FB4FCA"/>
+    <w:rsid w:val="00FD220C"/>
     <w:rsid w:val="00FF0DC6"/>
-    <w:rsid w:val="00FF1BF9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="21506"/>
+    <o:shapedefaults v:ext="edit" spidmax="11266"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
       <o:rules v:ext="edit">
-        <o:r id="V:Rule10" type="connector" idref="#_x0000_s1156"/>
-[...7 lines deleted...]
-        <o:r id="V:Rule18" type="connector" idref="#_x0000_s1160"/>
+        <o:r id="V:Rule10" type="connector" idref="#_x0000_s1075"/>
+        <o:r id="V:Rule11" type="connector" idref="#_x0000_s1068"/>
+        <o:r id="V:Rule12" type="connector" idref="#_x0000_s1078"/>
+        <o:r id="V:Rule13" type="connector" idref="#_x0000_s1069"/>
+        <o:r id="V:Rule14" type="connector" idref="#_x0000_s1087"/>
+        <o:r id="V:Rule15" type="connector" idref="#_x0000_s1084"/>
+        <o:r id="V:Rule16" type="connector" idref="#_x0000_s1067"/>
+        <o:r id="V:Rule17" type="connector" idref="#_x0000_s1085"/>
+        <o:r id="V:Rule18" type="connector" idref="#_x0000_s1083"/>
       </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
@@ -6743,121 +5858,78 @@
     <w:rsid w:val="00690D36"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00690D36"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Calibri" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:kern w:val="1"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
-[...15 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="500656840">
-[...25 lines deleted...]
-    <w:div w:id="1567522417">
+    <w:div w:id="435297024">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1700015647" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V1700015647" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7099,87 +6171,82 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>901</Words>
-  <Characters>5136</Characters>
+  <Words>841</Words>
+  <Characters>4795</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Заголовки</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
+      <vt:lpstr>        Глава 4. Описание порядка взаимодействия с Государственной корпорацией «Правител</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>AlexSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6025</CharactersWithSpaces>
+  <CharactersWithSpaces>5625</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Айнур</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>