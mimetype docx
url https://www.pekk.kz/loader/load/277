--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -1,45 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="00025DE0" w:rsidRDefault="0073298A" w:rsidP="00025DE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E94BEC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
@@ -555,1058 +554,50 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Қызмет көрсететін орын</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00464611" w:rsidRDefault="00464611" w:rsidP="00464611">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00464611" w:rsidRDefault="00464611" w:rsidP="00464611">
-[...1006 lines deleted...]
-          </w:p>
           <w:p w:rsidR="006E3F56" w:rsidRDefault="006E3F56" w:rsidP="00464611">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="006E3F56" w:rsidRPr="009110D8" w:rsidRDefault="006E3F56" w:rsidP="00464611">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
@@ -1637,5172 +628,308 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3225" w:type="pct"/>
           </w:tcPr>
           <w:p w:rsidR="00EF3F6C" w:rsidRDefault="0073298A" w:rsidP="005F6322">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>К</w:t>
             </w:r>
             <w:r w:rsidR="00464611" w:rsidRPr="008A7AB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>өрсетілетін қызметті берушінің кеңсесі:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00025DE0" w:rsidRPr="009D0530" w:rsidRDefault="002A1B09" w:rsidP="005F6322">
+          <w:p w:rsidR="0064389D" w:rsidRPr="009D0530" w:rsidRDefault="0064389D" w:rsidP="005F6322">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...14 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="009D0530">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...35 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D0530">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> БМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00656D05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D0530">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазтұтыну одағының Павлодар экономикалық колледжі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00656D05">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00464611" w:rsidRDefault="00464611" w:rsidP="00160A1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="708"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009D0530">
-[...55 lines deleted...]
-          <w:p w:rsidR="00C266BD" w:rsidRPr="009D0530" w:rsidRDefault="006E3F56" w:rsidP="005F6322">
+          </w:p>
+          <w:p w:rsidR="00A445B0" w:rsidRPr="009110D8" w:rsidRDefault="0073298A" w:rsidP="005F6322">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
-              </w:rPr>
-[...2302 lines deleted...]
-                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>К</w:t>
             </w:r>
             <w:r w:rsidR="00464611" w:rsidRPr="008A7AB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>анцеляри</w:t>
             </w:r>
             <w:r w:rsidR="00464611">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>я</w:t>
             </w:r>
             <w:r w:rsidR="00464611" w:rsidRPr="008A7AB8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> услугодателя:</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00464611" w:rsidRPr="008A7AB8">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>услугодателя</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00464611" w:rsidRPr="008A7AB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman"/>
+                <w:kern w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00464611" w:rsidRPr="008A7AB8">
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="00025DE0" w:rsidRPr="009110D8">
-[...1935 lines deleted...]
-            <w:r w:rsidRPr="009110D8">
+            <w:r w:rsidR="009110D8" w:rsidRPr="009110D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="005F6322">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A445B0" w:rsidRPr="009110D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">УО «Павлодарский экономический колледж </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00A445B0" w:rsidRPr="009110D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Казпотребсоюза</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00A445B0" w:rsidRPr="009110D8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A445B0" w:rsidRPr="009110D8" w:rsidRDefault="009110D8" w:rsidP="005F6322">
+          <w:p w:rsidR="00025DE0" w:rsidRPr="009110D8" w:rsidRDefault="00025DE0" w:rsidP="005F6322">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...591 lines deleted...]
-            </w:r>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00025DE0" w:rsidRPr="00C14419" w:rsidTr="006E3F56">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1775" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00025DE0" w:rsidRDefault="00025DE0" w:rsidP="00C2597D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Қызмет құны</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E3F56" w:rsidRDefault="006E3F56" w:rsidP="00C2597D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00025DE0" w:rsidRPr="00C14419" w:rsidRDefault="00025DE0" w:rsidP="00C2597D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -7375,50 +1502,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004446C5">
               <w:rPr>
                 <w:rStyle w:val="s0"/>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">– </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="s0"/>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve">             </w:t>
             </w:r>
             <w:r w:rsidRPr="004446C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>20 минут;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00025DE0" w:rsidRPr="0073298A" w:rsidRDefault="0073298A" w:rsidP="0073298A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004446C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">3) максимально допустимое время обслуживания               </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="004446C5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -7453,50 +1581,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00464611" w:rsidRDefault="00464611" w:rsidP="00464611">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>«Э</w:t>
             </w:r>
             <w:r w:rsidRPr="0095293F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>лектронды үкімет</w:t>
             </w:r>
             <w:r w:rsidRPr="0095293F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
             <w:r>
@@ -8206,50 +2335,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3225" w:type="pct"/>
           </w:tcPr>
           <w:p w:rsidR="0073298A" w:rsidRDefault="0073298A" w:rsidP="0073298A">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="s0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F5469">
               <w:rPr>
                 <w:rStyle w:val="s0"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1) ата-анасының немесе оларды алмастыратын тұлғалардың еркін нысандағы</w:t>
             </w:r>
             <w:r w:rsidRPr="00943456">
               <w:rPr>
                 <w:rStyle w:val="s0"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>көрсетілетін қызметті берушінің</w:t>
             </w:r>
             <w:r w:rsidRPr="004F5469">
               <w:rPr>
                 <w:rStyle w:val="s0"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> басшысының атына жазбаша өтініші;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0073298A" w:rsidRDefault="0073298A" w:rsidP="0073298A">
             <w:pPr>
@@ -8432,51 +2562,60 @@
               </w:rPr>
               <w:t>құжаттар топт</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>амасын толық ұсынбаған жағдай</w:t>
             </w:r>
             <w:r w:rsidRPr="007D3AF9">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">да </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>және (немесе) қолданыс мерзімі өткен құжаттарды ұсынғанда</w:t>
+              <w:t xml:space="preserve">және (немесе) қолданыс </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мерзімі өткен құжаттарды ұсынғанда</w:t>
             </w:r>
             <w:r w:rsidRPr="007D3AF9">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>көрсетілетін қызметті беруші құжат</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>тарды</w:t>
             </w:r>
             <w:r w:rsidRPr="007D3AF9">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> қабылдаудан бас тарт</w:t>
             </w:r>
@@ -8746,50 +2885,51 @@
       <w:tr w:rsidR="00025DE0" w:rsidRPr="00C14419" w:rsidTr="006E3F56">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1775" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="006E3F56" w:rsidRDefault="006E3F56" w:rsidP="006E3F56">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E3F56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Мемлекеттік қызметті көрсету нәтижесі </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E3F56" w:rsidRPr="006E3F56" w:rsidRDefault="006E3F56" w:rsidP="006E3F56">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E3F56">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -8909,131 +3049,124 @@
               <w:t>Р</w:t>
             </w:r>
             <w:r w:rsidRPr="0073298A">
               <w:rPr>
                 <w:rStyle w:val="s0"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">ешение </w:t>
             </w:r>
             <w:r w:rsidRPr="0073298A">
               <w:rPr>
                 <w:rStyle w:val="s0"/>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>в произвольной форме о предоставлении бесплатного питания или отказе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001763AD" w:rsidRPr="00025DE0" w:rsidRDefault="008324AC" w:rsidP="00025DE0">
+    <w:p w:rsidR="001763AD" w:rsidRPr="00025DE0" w:rsidRDefault="00160A1A" w:rsidP="00025DE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001763AD" w:rsidRPr="00025DE0" w:rsidSect="00205A7B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="inherit">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0BF14B33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3D60520"/>
     <w:lvl w:ilvl="0" w:tplc="45042918">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -9396,176 +3529,177 @@
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00025DE0"/>
     <w:rsid w:val="0000486F"/>
     <w:rsid w:val="00015050"/>
     <w:rsid w:val="00025DE0"/>
     <w:rsid w:val="00036067"/>
     <w:rsid w:val="00056B69"/>
     <w:rsid w:val="0006014D"/>
     <w:rsid w:val="000B6D52"/>
     <w:rsid w:val="001050DB"/>
     <w:rsid w:val="00142317"/>
     <w:rsid w:val="001541E8"/>
+    <w:rsid w:val="00160A1A"/>
     <w:rsid w:val="0016498F"/>
+    <w:rsid w:val="001A06D2"/>
     <w:rsid w:val="00205A7B"/>
     <w:rsid w:val="00212B99"/>
     <w:rsid w:val="002274C1"/>
     <w:rsid w:val="00260160"/>
     <w:rsid w:val="0027458D"/>
     <w:rsid w:val="002A1B09"/>
+    <w:rsid w:val="002A6D17"/>
     <w:rsid w:val="002C6507"/>
     <w:rsid w:val="00304D06"/>
     <w:rsid w:val="00306186"/>
     <w:rsid w:val="003167D7"/>
     <w:rsid w:val="00317713"/>
     <w:rsid w:val="00317826"/>
     <w:rsid w:val="003645B6"/>
     <w:rsid w:val="003B1C14"/>
     <w:rsid w:val="003B70E1"/>
     <w:rsid w:val="003F3A67"/>
     <w:rsid w:val="004031D7"/>
     <w:rsid w:val="00405E6C"/>
     <w:rsid w:val="00417DF4"/>
     <w:rsid w:val="00464611"/>
     <w:rsid w:val="00492394"/>
     <w:rsid w:val="00494BC2"/>
     <w:rsid w:val="004A056F"/>
     <w:rsid w:val="004B3FA3"/>
     <w:rsid w:val="004D6D80"/>
     <w:rsid w:val="0052052E"/>
     <w:rsid w:val="00537EBD"/>
     <w:rsid w:val="0055329F"/>
     <w:rsid w:val="005866A8"/>
     <w:rsid w:val="00593284"/>
     <w:rsid w:val="005B5091"/>
     <w:rsid w:val="005F47B6"/>
     <w:rsid w:val="005F6322"/>
     <w:rsid w:val="006215A5"/>
     <w:rsid w:val="0064389D"/>
     <w:rsid w:val="00656D05"/>
     <w:rsid w:val="00690804"/>
     <w:rsid w:val="0069635E"/>
     <w:rsid w:val="006B6FC4"/>
     <w:rsid w:val="006C448B"/>
     <w:rsid w:val="006E3F56"/>
     <w:rsid w:val="00702D7A"/>
     <w:rsid w:val="007047C8"/>
     <w:rsid w:val="007174E8"/>
     <w:rsid w:val="0073298A"/>
     <w:rsid w:val="0074053D"/>
     <w:rsid w:val="00786CBC"/>
     <w:rsid w:val="0079186D"/>
     <w:rsid w:val="007D2F05"/>
     <w:rsid w:val="007F771B"/>
     <w:rsid w:val="00814F66"/>
     <w:rsid w:val="00824217"/>
-    <w:rsid w:val="008324AC"/>
     <w:rsid w:val="00847043"/>
+    <w:rsid w:val="00876B28"/>
     <w:rsid w:val="00895ABB"/>
     <w:rsid w:val="008C4393"/>
     <w:rsid w:val="009110D8"/>
     <w:rsid w:val="00920F53"/>
     <w:rsid w:val="00924A87"/>
     <w:rsid w:val="00925F62"/>
     <w:rsid w:val="00931078"/>
     <w:rsid w:val="00935AED"/>
     <w:rsid w:val="009553EA"/>
     <w:rsid w:val="00966578"/>
     <w:rsid w:val="00971E6A"/>
     <w:rsid w:val="0097290A"/>
     <w:rsid w:val="00983BED"/>
     <w:rsid w:val="009D0530"/>
     <w:rsid w:val="00A445B0"/>
     <w:rsid w:val="00A51B12"/>
     <w:rsid w:val="00AB09CD"/>
     <w:rsid w:val="00B3255A"/>
     <w:rsid w:val="00B454EF"/>
     <w:rsid w:val="00BD5D71"/>
     <w:rsid w:val="00C14421"/>
     <w:rsid w:val="00C266BD"/>
     <w:rsid w:val="00C401A1"/>
     <w:rsid w:val="00C813A6"/>
     <w:rsid w:val="00CC0AB8"/>
     <w:rsid w:val="00D05D12"/>
     <w:rsid w:val="00D419BD"/>
     <w:rsid w:val="00D4321D"/>
-    <w:rsid w:val="00D70BE4"/>
     <w:rsid w:val="00D766A2"/>
     <w:rsid w:val="00DC5153"/>
     <w:rsid w:val="00DE6646"/>
     <w:rsid w:val="00E6282B"/>
     <w:rsid w:val="00EF3F6C"/>
     <w:rsid w:val="00EF75B0"/>
     <w:rsid w:val="00F301B5"/>
     <w:rsid w:val="00F93FB3"/>
     <w:rsid w:val="00FB6479"/>
     <w:rsid w:val="00FC7DB6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="11266"/>
+    <o:shapedefaults v:ext="edit" spidmax="12290"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -10127,70 +4261,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>8071</Characters>
+  <Pages>3</Pages>
+  <Words>757</Words>
+  <Characters>4317</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>67</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>yo</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9468</CharactersWithSpaces>
+  <CharactersWithSpaces>5064</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>user</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>