--- v0 (2025-10-19)
+++ v1 (2025-12-13)
@@ -1,13941 +1,8408 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00934C20">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00DC281D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
-        <w:t>"Білім туралы" Қазақстан Республикасының Заңына өзгерістер мен толықтырулар енгізу туралы</w:t>
+        <w:t>О внесении изменений и дополнений в Закон Республики Казахстан "Об образовании"</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00934C20">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00DC281D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының 2011 жылғы 24 қазандағы № 487-ІV Заңы</w:t>
+        <w:t>Закон Республики Казахстан от 24 октября 2011 года № 487-IV</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00934C20">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00DC281D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00934C20">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00DC281D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>"Егемен Қазақстан" 2011 жылғы 29 қазандағы № 520-522 (26914); "Казахстанская правда" от 29 октября 2011 года № 346-347 (26737-26738); Қазақстан Республикасы Парламентінің Жаршысы, 2011 ж., № 18 (2595), 142-құжат</w:t>
+        <w:t>"Казахстанская правда" от 29 октября 2011 года № 346-347 (26737-26738); "Егемен Қазақстан" 2011 жылғы 29 қазандағы № 520-522 (26914); Ведомости Парламента РК, 2011 г., № 18, ст. 142</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="002C2F21">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00E32568">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:pict>
           <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00934C20">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00DC281D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:eastAsia="Times New Roman" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00934C20">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00DC281D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="800000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>Примечание РЦПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="800000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>РҚАО-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-        <w:br/>
+        <w:t>      Порядок введения в действие настоящего Закона РК см.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> ст. 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="800000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      Осы Заңның қолданысқа енгізілу тәртібін </w:t>
-[...18 lines deleted...]
-        <w:t> қараңыз.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00934C20">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00DC281D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>1-бап.</w:t>
-[...47 lines deleted...]
-        <w:t>р енгiзу туралы" 2011 жылғы 22 шілдедегі Қазақстан Республикасының Заңы) мынадай өзгерістер мен толықтырулар енгізілсін:</w:t>
+        <w:t>      Статья 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Внести в Закон Республики Казахстан от 27 июля 2007 года "Об образовании" (Ведо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мости Парламента Республики Казахстан, 2007 г., № 20, ст. 151; 2008 г., № 23, ст. 124; 2009 г., № 18, ст. 84; 2010 г., № 5, ст. 23; № 24, ст. 149; 2011 г., № 1, ст. 2; № 2, ст. 21; № 5, ст. 43; № 11, ст. 102; Закон Республики Казахстан от 15 июля 2011 года</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам совершенствования разрешительной системы", опубликованный в газетах "Егемен Қазақстан" и "Казахстанская правда" 30 июля 2011 г.; Закон Республики Казахста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>н от 22 июля 2011 года "О внесении изменений и дополнений в некоторые законодательные акты Республики Казахстан по вопросам миграции населения", опубликованный в газетах "Егемен Қазақстан" и "Казахстанская правда" 6 августа 2011 г.) следующие изменения и д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ополнения:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) по всему тексту:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      слова "участникам войны и к инвалидам", "участникам войны и инвалидам" заменить словами "участникам и инвалидам Великой Отечественной";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      слова "учебного и воспитательного процесса", "Учебный и воспитательный </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>процесс", "учебной и воспитательной работы" заменить соответственно словами "учебно-воспитательного процесса", "Учебно-воспитательный процесс", "учебно-воспитательной работы";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) в статье 1:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 2) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      "2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>академия – высшее учебное заведение, реализующее образовательные учебные программы высшего и послевузовского образования по одной-двум группам специальностей;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктами 2-1), 2-2), 2-3), 3-1) и 5-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2-1) ак</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>адемическая мобильность – перемещение обучающихся или преподавателей-исследователей для обучения или проведения исследований на определенный академический период: семестр или учебный год в другое высшее учебное заведение (внутри страны или за рубежом) с об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>язательным перезачетом освоенных образовательных учебных программ в виде кредитов в своем высшем учебном заведении или для продолжения учебы в другом высшем учебном заведении;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2-2) аккредитационные органы – юридические лица, которые разрабатывают ста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ндарты (регламенты) и проводят аккредитацию организаций образования на основе разработанных ими стандартов (регламентов);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2-3) стандарты (регламенты) аккредитации – документы аккредитационного органа, устанавливающие требования к процедуре аккредитац</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ии;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "3-1) методический кабинет – структурное подразделение органов управления образования, обеспечивающее организационно-методическое сопровождение, анализ и оценку результативности образовательного процесса, обобщение и распространение инновационн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ого педагогического опыта, что способствует творческому росту педагогических кадров и их профессиональной самореализации;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "5-1) профильная школа – учебное заведение, реализующее образовательную учебную программу общего среднего образования;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> подпункт 7) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "7) международная стипендия "Болашак" – стипендия, учреждаемая Президентом Республики Казахстан для обучения граждан Республики Казахстан в ведущих зарубежных высших учебных заведениях по очной форме обучен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ия или прохождения стажировки научными, педагогическими, инженерно-техническими и медицинскими работниками в зарубежных организациях;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктами 7-1), 7-2), 7-3) и 7-4) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "7-1) ваучерно-модульная система повыше</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ния квалификации – форма повышения квалификации, предоставляющая работнику образования возможность выбора организации, содержания и сроков обучения, финансируемая на основе подушевого норматива, установленного государством и оформленного в виде именного до</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кумента (ваучера), обеспеченного определенной суммой денег;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7-2) институт повышения квалификации – организация образования, реализующая актуальные образовательные учебные программы профессионального повышения квалификации и переподготовку кадров в си</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стеме непрерывного образования, осуществляющая поддержку инновационных процессов в образовании, обеспечивающих эффективность методической работы;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7-3) присвоение квалификации – процедура подтверждения совокупности индивидуальных способностей, професс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>иональных знаний, умений и навыков, необходимых для выполнения работы в рамках соответствующего вида профессиональной деятельности по конкретной специальности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7-4) специальные условия для получения образования – условия для получения образования, вк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лючая специальные образовательные учебные программы и специальные методы обучения, технические и иные средства, среду жизнедеятельности, а также медицинские, социальные и иные услуги, без которых невозможно освоение общеобразовательных и профессиональных о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бразовательных учебных программ лицами с ограниченными возможностями;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 10) слово "профессионального" заменить словом "высшего";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктом 10-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "10-1) образовательный кредит – деньги, предост</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>авляемые заемщику финансовыми организациями для оплаты обучения на условиях срочности, платности и возвратности;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 12) после слова "сети" дополнить словами ", а также рейтинговых показателей достижений деятельности";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 16) излож</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "16) аккредитация организаций образования – процедура признания аккредитационным органом соответствия образовательных услуг установленным стандартам (регламентам) аккредитации с целью предоставления объективной информации об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> их качестве и подтверждения наличия эффективных механизмов его повышения;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктом 17-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "17-1) особый статус организации образования – особый режим функционирования, предоставляющий возможность самостоятел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ьного определения порядка приема на обучение, реализации самостоятельно разработанных образовательных учебных программ, использования собственных норм и нормативов в области учебной, научной и методической деятельности, выдачи документов об образовании соб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ственного образца;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 18) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "18) гимназия – учебное заведение, реализующее общеобразовательные и дополнительные образовательные учебные программы начального, основного среднего и общего среднего образования,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивающие расширенное и углубленное образование по общественно-гуманитарному и иным направлениям обучения в соответствии со склонностями и способностями обучающихся;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктами 18-1), 18-2), 18-3) и 18-4) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>   "18-1) научно-методическая работа – вид деятельности, основанный на достижениях науки и передового педагогического опыта и направленный на совершенствование функционирования и развития системы непрерывного образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      18-2) кандидат наук, доктор </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>наук – ученые степени, присужденные на основании защиты диссертаций соискателями;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      18-3) докторант – лицо, обучающееся в докторантуре;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      18-4) докторантура – профессиональная образовательная учебная программа послевузовского образования, направлен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ная на подготовку научных и педагогических кадров с присуждением ученой степени доктор философии (PhD), доктор по профилю;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункты 19) и 20) исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктами 21-1), 21-2) и 21-3) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "21-1) высшая те</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>хническая школа – учебное заведение, реализующее интегрированные образовательные учебные программы технического и профессионального, послесреднего образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      21-2) исследовательский университет – высшее учебное заведение, реализующее утвержденную П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>равительством Республики Казахстан программу развития на пять лет и самостоятельно разработанные образовательные учебные программы высшего и послевузовского образования по трем и более группам специальностей, использующее результаты фундаментальных и прикл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>адных научных исследований для генерации и трансферта новых знаний;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      21-3) инклюзивное образование – совместное обучение и воспитание лиц с ограниченными возможностями, предусматривающие равный доступ с иными категориями обучающихся к соответствующим </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>образовательным учебным программам обучения, коррекционно-педагогическую и социальную поддержку развития посредством обеспечения специальных условий;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункты 23) и 24) исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 25) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "25) инстит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ут – высшее учебное заведение, реализующее образовательные учебные программы высшего образования;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктами 26-1), 28-1) и 29-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "26-1) интегрированные образовательные учебные программы – образовательные уче</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бные программы, разработанные на основе объединения соответствующих содержательных аспектов образовательных учебных программ;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      "28-1) центры адаптации несовершеннолетних – организации, находящиеся в ведении органов образования, обеспечивающие прием </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и временное содержание безнадзорных и беспризорных детей в возрасте от трех до восемнадцати лет для установления родителей или других законных представителей, детей, оставшихся без попечения родителей или лиц, их заменяющих, в случае невозможности их своев</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ременного устройства, детей, отобранных при непосредственной угрозе их жизни или здоровью органом опеки и попечительства от родителей (одного из них) или от других лиц, на попечении которых они находятся, а также детей, направляемых в специальные организац</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ии образования;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "29-1) профессиональная подготовка – часть системы технического и профессионального образования, предусматривающей реализацию профессиональных образовательных учебных программ с сокращенным сроком обучения по подготовке специалистов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> технического и обслуживающего труда;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 30) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "30) оценка профессиональной подготовленности – определение степени соответствия уровня квалификации (способности) выпускника организаций образования, реализующ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>их образовательные учебные программы технического и профессионального, послесреднего образования, к выполнению работы в рамках соответствующего вида профессиональной деятельности;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункты 31) и 32) исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 35) изложить в следующ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "35) колледж – учебное заведение, реализующее образовательные учебные программы общего среднего и технического и профессионального образования или послесреднего образования;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктами 35-1), 37-1), 37-2) и 38-1) следу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ющего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "35-1) кооперативное обучение – одна из форм организации профессиональной подготовки кадров, основанной на корпоративной ответственности государства, работодателей и учебных заведений;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>"37-1) образовательный грант Первого Пр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>езидента Республики Казахстан – Лидера Нации "Өркен" (далее – грант "Өркен") – грант, учреждаемый Первым Президентом Республики Казахстан для оплаты обучения одаренных детей в специализированных организациях образования "Назарбаев Интеллектуальные школы";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      37-2) ассоциированный профессор (доцент), профессор – ученые звания, присваиваемые уполномоченным органом в области образования по ходатайству высшего учебного заведения или научной организации;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      "38-1) внешкольная организация дополнительного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>образования – учебно-воспитательная организация, реализующая образовательные учебные программы дополнительного образования обучающихся и воспитанников;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункты 39) и 40) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "39) дополнительное образование – проце</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сс воспитания и обучения, осуществляемый с целью удовлетворения всесторонних потребностей обучающихся и воспитанников;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      40) лицей – учебное заведение, реализующее общеобразовательные и дополнительные образовательные учебные программы основного среднег</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о и общего среднего образования, обеспечивающие расширенное и углубленное естественно-математическое образование учащихся в соответствии с их склонностями и способностями;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктами 41-1) и 41-2) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "41-1) маги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>странт – лицо, обучающееся в магистратуре;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      41-2) магистратура – профессиональная образовательная учебная программа послевузовского образования, направленная на подготовку научных и педагогических кадров с присуждением академической степени "магистр" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>по соответствующей специальности;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 43) исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктом 45-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "45-1) государственный выпускной экзамен – одна из форм итоговой аттестации обучающихся в организациях общего среднего образован</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ия, являющаяся необходимым условием для получения ими документа государственного образца, свидетельствующего об окончании курса общего среднего образования;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 46) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "46) учебная программа – программа, опред</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>еляющая по каждой учебной дисциплине (предмету) содержание и объем знаний, умений, навыков и компетенций, подлежащих освоению;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктами 49-1), 51-1), 53-1) и 53-2) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      "49-1) грант "Лучшая организация среднего </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>образования" – деньги, выделяемые ежегодно местными исполнительными органами области, города республиканского значения и столицы государственным организациям среднего образования по итогам конкурса на основе рейтинговых показателей;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "51-1) слушател</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ь резидентуры – специалист, осваивающий образовательные учебные программы послевузовского углубленного медицинского образования по клиническим специальностям;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "53-1) студент – лицо, обучающееся в организации образования, реализующей образовательные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебные программы технического и профессионального, послесреднего и высшего образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      53-2) опорная школа (ресурсный центр) – организация общего среднего образования, на базе которой консолидируются образовательные ресурсы близлежащих малокомплек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тных школ для проведения краткосрочных сессионных занятий и промежуточной и итоговой аттестации обучающихся в целях обеспечения доступа к качественному образованию учащимся малокомплектных школ;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункты 54), 55) и 56) изложить в следующей редакци</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "54) университет – высшее учебное заведение, реализующее образовательные учебные программы высшего образования, магистратуры и докторантуры по трем и более группам специальностей, осуществляющее фундаментальные и прикладные исследования, являющеес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>я научным и методическим центром;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      55) училище – учебное заведение, реализующее образовательные учебные программы основного среднего, общего среднего, технического и профессионального или послесреднего образования в области культуры и искусства;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 56) единое национальное тестирование – одна из форм итоговой аттестации обучающихся в организациях общего среднего образования, совмещенная со вступительными экзаменами в организации образования, дающие послесреднее или высшее образование;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополни</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ть подпунктами 56-1) и 56-2) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "56-1) национальное высшее учебное заведение – высшее учебное заведение, являющееся ведущим научным и методическим центром страны, имеющее особый статус;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      56-2) национальный исследовательский у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ниверситет – высшее учебное заведение, имеющее особый статус и утвержденную Правительством Республики Казахстан программу развития на пять лет, реализующее самостоятельно разработанные образовательные учебные программы высшего и послевузовского образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по трем и более группам специальностей, использующее результаты фундаментальных и прикладных научных исследований для генерации и трансферта новых знаний;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 57) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "57) доктор философии (PhD), доктор по про</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>филю – ученая степень, присуждаемая лицам, освоившим профессиональные образовательные учебные программы докторантуры по соответствующим специальностям и защитившим диссертацию;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) в пункте 1 статьи 3:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 4) после слова "гражданских" доп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>олнить словами "и национальных";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 8) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "8) единство обучения, воспитания и развития;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) в статье 4:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 4) слова "(за исключением подготовки специалистов в организациях образования Коми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тета национальной безопасности Республики Казахстан)" заменить словами "(за исключением организаций образования, осуществляющих подготовку специалистов для Вооруженных Сил, других войск и воинских формирований)";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 5) дополнить словами "для оп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>латы высшего образования";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктом 5-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>"5-1) утверждает правила присуждения и размеры гранта "Өркен";";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 6) слова "и сроки действия" исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 7) слова "и Правила аккредит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ации организаций образования" исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 12) слова "инновационном университете" заменить словами "особом статусе организации образования";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 15) дополнить словами "и определяет направления расходования международной стипендии</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Болашак";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 20) исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункты 21) и 22) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "21) утверждает правила формирования, направления расходования и учета средств, выделяемых на оказание финансовой и материальной помощи обучающимся и в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины про</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">житочного минимума, и детям-сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников, определяемым коллегиальным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>органом управления организации образования, в размере не менее одного процента от бюджетных средств, выделяемых на текущее содержание общеобразовательных школ;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      22) утверждает правила проведения конкурса на присуждение гранта "Лучшая организация средн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>его образования" с установлением порядка и размера его предоставления;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктами 22-1) и 22-2) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "22-1) определяет порядок гарантирования образовательных кредитов, предоставляемых финансовыми организациями;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>    22-2) определяет порядок направления специалиста на работу, предоставления права самостоятельного трудоустройства, освобождения от обязанности или прекращения обязанности по отработке гражданами, указанными в пункте 17 статьи 47 настоящего Закона, обуч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>авшимися на основе государственного образовательного заказа;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 23) слова "положения о порядке их назначения, прохождения" заменить словами "порядка их назначения,";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктами 24-1) и 25-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-1) утверждает размеры квоты приема при поступлении на учебу в организации образования, реализующие профессиональные образовательные учебные программы технического и профессионального, послесреднего и высшего образования, по представлению уполномоченного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>органа в области образования;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "25-1) определяет размер, источники, виды и порядок предоставления социальной помощи гражданам, указанным в части второй пункта 4 статьи 8 настоящего Закона;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) в статье 5:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктом 2-1) следу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ющего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2-1) утверждает распределение государственного образовательного заказа на подготовку специалистов с высшим образованием в магистратуре и докторантуре в разрезе специальностей;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      подпункт 3) после слова "ежегодного" дополнить </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>словом "национального";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 6) слова "(кроме медицинского и фармацевтического образования)" исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктом 6-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "6-1) согласовывает государственные общеобязательные стандарты образования мед</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ицинского, фармацевтического и военного образования;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 7) исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктом 7-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "7-1) организует разработку и утверждает типовые учебные планы и программы детских музыкальных школ, детских ху</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дожественных школ и детских школ искусств;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункты 8) и 9) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "8) выдает лицензии и (или) приложения на право осуществления образовательной деятельности:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      юридическим лицам, реализующим общеобразовательные п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рограммы начального, основного среднего, общего среднего образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      юридическим лицам, реализующим профессиональные программы технического и профессионального образования, в том числе по профессиям и специальностям;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      юридическим лицам, реализу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ющим профессиональные программы послесреднего, высшего, послевузовского образования, в том числе по специальностям;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      юридическим лицам, реализующим духовные образовательные программы;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) проводит государственную аттестацию организаций образовани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>я независимо от форм собственности и ведомственной подчиненности, реализующих образовательные программы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      специального и специализированного образов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ания;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнительного образования для детей;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнительного образования по спорту для детей и юношества;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      технического и профессионального, послесреднего образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      высшего и послевузовского образования (за исключением медицинског</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о и фармацевтического образования);";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктом 9-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "9-1) определяет базовые высшие учебные заведения, осуществляющие инновационную деятельность и внедряющие результаты научных исследований в производство;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     подпункты 10) и 12) изложить в следующей редакции;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "10) устанавливает требования и порядок признания аккредитационных органов, в том числе зарубежных, и формирует реестр признанных аккредитационных органов, аккредитованных организаций образовани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>я и образовательных учебных программ;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "12) разрабатывает и утверждает правила проведения единого национального тестирования и комплексного тестирования;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 13) слово "уровням" заменить словом "видам";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 14) слово "в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ремя" заменить словом "сроки";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 18) исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 20) слова "порядок подтверждения" заменить словами "правила оценки";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 22) слова "организует заказ" заменить словами "разрабатывает и утверждает правила по орган</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>изации заказа, хранению, учету и выдаче";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 25) после слов "учебно-методической" дополнить словами "и научно-методической";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктами 25-1), 25-2) и 26-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "25-1) разрабатывает и утверждает правила</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации деятельности подготовительных отделений высших учебных заведений Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      25-2) создает при высших учебных заведениях учебно-методические объединения по родственным группам специальностей и утверждает положения об их деятель</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ности;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "26-1) организует разработку и утверждает нормы оснащения оборудованием и мебелью организаций дошкольного, начального, основного среднего, общего среднего, технического и профессионального образования;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 27) изложить в следующ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "27) разрабатывает и утверждает правила организации работы по подготовке, экспертизе, апробации и проведению мониторинга, изданию учебников, учебно-методических комплексов и учебно-методических пособий и организует эту работу;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      до</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>полнить подпунктом 27-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "27-1) формирует и утверждает перечень учебников, учебно-методических комплексов, пособий и другой дополнительной литературы, в том числе на электронных носителях, разрешенных к использованию в организа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>циях образования;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 29) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "29) разрабатывает и утверждает правила организации и проведения Президентской олимпиады по предметам естественно-математического цикла, республиканских олимпиад и конкурсов научны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>х проектов по общеобразовательным предметам, республиканских конкурсов исполнителей и конкурсов профессионального мастерства;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктом 29-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "29-1) формирует и утверждает перечень республиканских и междунаро</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам, конкурсов исполнителей, конкурсов профессионального мастерства и спортивных соревнований;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 33) исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 35) изложить в след</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "35) разрабатывает и утверждает правила конкурсного замещения руководителей государственных учреждений среднего образования;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктом 36-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "36-1) присваивает ученые звания ассоциирован</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ного профессора (доцента), профессора по ходатайству высшего учебного заведения и научных организаций;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 41) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "41) разрабатывает, утверждает и устанавливает порядок направления для обучения за рубежом, в т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ом числе в рамках академической мобильности;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 42) исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 43) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "43) разрабатывает и утверждает правила размещения государственного образовательного заказа на дошкольное воспитание и обуч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ение, подготовку специалистов с техническим и профессиональным, послесредним, высшим и послевузовским образованием, а также на подготовительные отделения высших учебных заведений;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктами 44-1), 44-2), 44-3), 44-4), 44-5), 44-6), 45-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>), 45-2), 45-3), 46-1), 46-2), 46-3), 46-4), 46-5), 46-6), 46-7), 46-8) и 46-9) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "44-1) разрабатывает и утверждает правила разработки, апробации и внедрения образовательных учебных программ, реализуемых в режиме эксперимента в о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>рганизациях образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      44-2) осуществляет информационное обеспечение органов управления системой образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      44-3) организует разработку и утверждает правила организации и функционирования единой информационной системы образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      44-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4) утверждает нормы расходов, типовые договора на обучение и прохождение стажировки по международной стипендии "Болашак";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      44-5) утверждает номенклатуру видов организаций образования и типовые правила их деятельности, в том числе малокомплектных школ;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      44-6) формирует и утверждает перечень услуг, связанных с государственным образовательным заказом;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "45-1) организует разработку и утверждает правила деятельности психологической службы в организациях среднего образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      45-2) получает</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сведения, содержащиеся в национальных реестрах идентификационных номеров в соответствии с законодательством Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      45-3) разрабатывает и утверждает типовые правила внутреннего распорядка организации образования;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "46-1) организ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ует разработку и утверждает методику подушевого нормативного финансирования среднего, технического и профессионального образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      46-2) организует разработку и утверждает правила подушевого финансирования среднего, технического и профессионального </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      46-3) организует разработку и утверждает методику ваучерно-модульной системы повышения квалификации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      46-4) организует разработку и утверждает правила обеспечения дистанционного повышения квалификации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      46-5) разрабатывает и ут</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>верждает правила подтверждения уровня квалификации педагогов;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      46-6) разрабатывает и утверждает механизм целевой подготовки магистров и докторов PhD в базовых высших учебных заведениях;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      46-7) разрабатывает и утверждает правила назначения ректоро</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>в государственных высших учебных заведений;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      46-8) определяет и утверждает требования к университетским интернет-ресурсам;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      46-9) организует разработку и утверждает технические условия к школам-интернатам, профильным школам;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) в статье 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 2:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктом 5-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "5-1) утверждает государственный образовательный заказ на дошкольное воспитание и обучение, размер подушевого финансирования и родительской платы;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 6) после сл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ова "порядке" дополнить словами "по согласованию с уполномоченным органом в области образования";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункты 7), 7-1) и 7-2) исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункты 11), 12) и 13) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "11) направляет средства на оказание финансовой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> среднедушевой доход ниже величины прожиточного минимума, и детям-сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и восп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>итанников, определяемым коллегиальным органом управления организации образования, в размере не менее одного процента от бюджетных средств, выделяемых на текущее содержание общеобразовательных школ;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      12) обеспечивает приобретение и доставку учебников и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебно-методических комплексов на бумажных и электронных носителях для организаций образования, реализующих на основе государственного заказа профессиональные образовательные учебные программы технического и профессионального образования, а также специали</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>зированные и специальные общеобразовательные учебные программы;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      13) обеспечивает организацию и проведение школьных олимпиад и конкурсов научных проектов по общеобразовательным предметам, конкурсов исполнителей и конкурсов профессионального мастерства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> областного масштаба;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 14) слова "по спорту" заменить словами ", осуществляемое на областном уровне";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктом 20-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "20-1) ежегодно до 15 апреля представляет в уполномоченные органы в облас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ти образования и здравоохранения заявки о потребности в кадрах в сельской местности с последующим трудоустройством согласно представленным заявкам;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 22) слова "департамента образования" заменить словами "органа управления образованием";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      дополнить подпунктами 22-1), 24-1), 24-2), 24-3), 24-4) и 24-5) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "22-1) осуществляет образовательный мониторинг;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "24-1) оказывает содействие попечительским советам;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      24-2) организует кадровое обеспечение госуд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>арственных организаций образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      24-3) выплачивает победителям конкурса – государственным учреждениям среднего образования грант "Лучшая организация среднего образования";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      24-4) выдает разрешение на обучение в форме экстерната в организациях</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, реализующих специализированные и специальные общеобразовательные учебные программы;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      24-5) обеспечивает материально-техническую базу районных методических кабинетов, института повышения квалификации;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 3:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) слово "обязательного" исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 3) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "3) организует и обеспечивает среднее образование, включая вечернюю (сменную) форму обучения, и среднее образование, предоставляемое через организации образования и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нтернатного типа;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункты 6), 6-1) и 6-2) исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 7) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "7) утверждает государственный образовательный заказ на подготовку специалистов с техническим и профессиональным, послесредним образование</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>м;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктом 7-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "7-1) утверждает государственный образовательный заказ на дошкольное воспитание и обучение, размер подушевого финансирования и родительской платы;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункты 11) и 15) изложить в след</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "11) направляет средства на оказание финансовой и материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, не получающих государственную адресную социальную помощь, в которых среднедушевой доход ниже величины прожиточного минимума, и детям-сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>езультате чрезвычайных ситуаций, и иным категориям обучающихся и воспитанников, определяемым коллегиальным органом управления организации образования, в размере не менее одного процента от бюджетных средств, выделяемых на текущее содержание общеобразовател</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ьных школ;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "15) обеспечивает организацию и проведение школьных олимпиад, конкурсов научных проектов по общеобразовательным предметам, конкурсов исполнителей и конкурсов профессионального мастерства в масштабе города республиканского значения, столи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>цы;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 25) слова "департаментов образования" заменить словами "органа управления образованием";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктами 25-1), 25-2), 25-3), 25-4), 25-5), 25-6), 25-7) и 25-8) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "25-1) организует заказ и обес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>печение организаций образования, реализующих общеобразовательные учебные программы основного среднего, общего среднего образования и профессиональные программы технического и профессионального, послесреднего образования, бланками документов государственног</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о образца об образовании и осуществляет контроль за их использованием;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      25-2) осуществляет образовательный мониторинг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      25-3) оказывает содействие попечительским советам;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      25-4) организует кадровое обеспечение государственных организаций обр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>азования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      25-5) обеспечивает методическое руководство психологической службой в организациях образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      25-6) выплачивает победителям конкурса – государственным учреждениям среднего образования грант "Лучшая организация среднего образования";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      25-7) выдает разрешение на обучение в форме экстерната в организациях основного среднего, общего среднего образования, а также в организациях образования, реализующих специализированные и специальные общеобразовательные учебные программы;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      25-8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>) обеспечивает материально-техническую базу районных методических кабинетов, института повышения квалификации;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 4:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 4) слово "обязательного" исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункты 6), 6-1) и 6-2) исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункты 10) и 11) из</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "10) обеспечивает организацию и проведение школьных олимпиад и конкурсов научных проектов по общеобразовательным предметам, конкурсов районного (городского) масштаба;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11) направляет средства на оказание финансовой и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> материальной помощи обучающимся и воспитанникам государственных учреждений образования из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>реднедушевой доход ниже величины прожиточного минимума, и детям-сиротам, детям, оставшимся без попечения родителей, проживающим в семьях, детям из семей, требующих экстренной помощи в результате чрезвычайных ситуаций, и иным категориям обучающихся и воспит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>анников, определяемым коллегиальным органом управления организации образования, в размере не менее одного процента от бюджетных средств, выделяемых на текущее содержание общеобразовательных школ;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктами 19-1) и 19-2) следующего содер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>жания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "19-1) осуществляет образовательный мониторинг;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      19-2) организует заказ и обеспечение организаций образования, реализующих общеобразовательные учебные программы основного среднего, общего среднего образования, бланками документов государс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>твенного образца об образовании и осуществляет контроль за их использованием;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункты 20) и 21) исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктами 21-1), 21-2) и 21-3) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "21-1) осуществляет кадровое обеспечение государственных орга</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>низаций образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      21-2) обеспечивает методическое руководство психологической службой в организациях образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      21-3) выдает разрешение на обучение в форме экстерната в организациях основного среднего, общего среднего образования;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>пункт 5 дополнить подпунктом 1-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "1-1) обеспечивает функционирование опорных школ (ресурсных центров);";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) в пункте 2 статьи 7 слова "в том числе ведомственных" исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) в статье 8:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      часть третью пункта </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2 дополнить словами ", за исключением военных учебных заведений";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      часть вторую пункта 3 изложить в следующий редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Государство принимает меры по созданию системы гарантирования образовательных кредитов, выдаваемых финансовыми организациями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 4:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      внесено изменение в часть первую на казахском языке, текст на русском языке не изменяется;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      часть вторую изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "К категории граждан Республики Казахстан, которым оказывается социальная помощь,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> относятся:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) дети-сироты, дети, оставшиеся без попечения родителей;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) дети с ограниченными возможностями в развитии, инвалиды и инвалиды с детства, дети-инвалиды;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) дети из многодетных семей;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) дети, находящиеся в центрах време</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нной изоляции, адаптации и реабилитации несовершеннолетних;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) дети, проживающие в школах-интернатах общего и санаторного типов, интернатах при школах;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) дети, воспитывающиеся и обучающиеся в специализированных интернатных организациях образов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ания для одаренных детей;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) воспитанники интернатных организаций;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) дети из семей, имеющих право на получение государственной адресной социальной помощи, а также из семей, не получающих государственную адресную социальную помощь, в которых ср</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>еднедушевой доход ниже величины прожиточного минимума;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) дети, которые по состоянию здоровья в течение длительного времени обучаются по программам начального, основного среднего, общего среднего образования на дому или в организациях, оказывающих ст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ационарную помощь, а также восстановительное лечение и медицинскую реабилитацию;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10) иные категории граждан, определяемые законами Республики Казахстан.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      часть третью исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 5 слова "лечебных организациях" заменить словами "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>организациях, оказывающих стационарную помощь, а также восстановительное лечение и медицинскую реабилитацию";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункт 6 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "6. Государство, реализуя цели инклюзивного образования, обеспечивает гражданам с ограниченными</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возможностями в развитии специальные условия для получения ими образования, коррекции нарушения развития и социальной адаптации на всех уровнях образования.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) в статье 9:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункт 3 дополнить частью второй следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Создани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>е соответствующих организаций образования, классов, групп с государственным языком обучения является приоритетным направлением.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 4 слова "в программу" заменить словами "в перечень предметов при проведении";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10) главу 2 дополнить стать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ей 9-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Статья 9-1. Аккредитация организаций образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00934C20">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00DC281D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...65 lines deleted...]
-        <w:t>-тәрбие процесін", "Оқу-тәрбие процесі", "оқу-тәрбие процесінің" деген сөздермен ауыстырылсын;</w:t>
+        <w:t>      1. Аккредитация организации образования осуществляется на добровольной основе.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Организация образования самостоятельна в выборе аккредитационного органа.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Решение о проведении аккредитации или об отказе в проведении аккредитации принимается аккредитационным органом по результатам рассмотрения заявлений организацией образования и представленных документов, перечень которых определяется аккредитационным ор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ганом.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Условия и сроки проведения аккредитации определяются в договоре о проведении аккредитации между организацией образования и аккредитационным органом.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Аккредитационный орган проводит институциональную или специализированную аккредитацию</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии со своими стандартами (регламентами) аккредитации.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Аккредитация организации образования проводится за счет средств организации образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Организации образования вправе пройти национальную и международную институциональн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ую, специализированную аккредитацию в аккредитационных органах, внесенных в реестр уполномоченного органа.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6. Институты повышения квалификации вправе пройти аккредитацию на общих основаниях в соответствии с законодательством Республики Казахстан.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     11) в статье 10:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 3) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "3) органов управления образованием и соответствующей инфраструктуры, в том числе организаций учебно-методического и научно-методического обеспечения, осуществляющих образовательн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ый мониторинг;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктом 4) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "4) объединений субъектов образовательной деятельности.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      12) в статье 11:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 3) после слов "к государственным символам" дополнить словами "и государственному язы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ку";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 10) слова "на знаниях" заменить словами "на знании и компетентности";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 12) слово "ориентации" заменить словом "мотивации";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктом 14) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "14) создание специальных условий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для получения образования лицами с ограниченными возможностями.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      13) в статье 14:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      части вторую и третью пункта 1 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Типовые учебные программы разрабатываются в соответствии с требованиями государственных общ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>еобязательных стандартов образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Рабочие учебные программы разрабатываются на основе соответствующих типовых учебных планов и типовых учебных программ.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункты 7 и 8 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "7. Типовые учебные программы по во</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>енным специальностям утверждаются руководителем соответствующего государственного органа по согласованию с уполномоченным органом в области образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8. Типовые учебные программы по медицинским и фармацевтическим специальностям утверждаются уполно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>моченным органом в области здравоохранения по согласованию с уполномоченным органом в области образования.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      14) в статье 16:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      часть третью пункта 1 исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      часть четвертую пункта 2 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Срок освоения об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>щеобразовательной учебной программы основного среднего образования – пять лет.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      При переходе на двенадцатилетнее образование срок освоения общеобразовательной учебной программы основного среднего образования – шесть лет.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      в части первой пункта </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>3 слова "социально-гуманитарному, естественно-научному, технологическому и другим направлениям для осуществления ориентированной допрофессиональной подготовки обучающихся" заменить словами "естественно-математическому и общественно-гуманитарному направлени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ям";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      15) статью 17 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Статья 17. Образовательные учебные программы технического и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                  профессионального образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00934C20">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00DC281D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      2) 1-бапта:</w:t>
-[...1758 lines deleted...]
-        <w:t>кәсіптік білім беретін оқу бағдарламаларын меңгерген және диссертация қорғаған адамдарға берілетін ғылыми дәреже;";</w:t>
+        <w:t xml:space="preserve">      1. Техническое и профессиональное образование является составной частью уровня </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>среднего образования и направлено на подготовку квалифицированных рабочих и специалистов среднего звена по основным направлениям общественно-полезной профессиональной деятельности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Образовательные учебные программы технического и профессионального</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования в зависимости от их содержания и уровня квалификации подготовки обучающихся делятся на образовательные учебные программы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) предусматривающие подготовку кадров по массовым профессиям технического и обслуживающего труда.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Содержание</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образовательных учебных программ предусматривает:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      изучение интегрированных курсов по общеобразовательным предметам, являющимся профилирующими для освоения общепрофессиональных и специальных дисциплин, прохождение производственного обучения и професс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>иональной практики по приобретению профессиональных навыков;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      присвоение обучающимся установленного уровня профессиональной квалификации (разряда, класса, категории) по конкретной профессии;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) предусматривающие овладение сложными (смежными) про</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>фессиями и практическими навыками выполнения работ во всех отраслях экономики, связанными с высокими технологиями и профессиональной деятельностью.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Содержание образовательных учебных программ предусматривает:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      изучение общеобразовательных, общег</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>уманитарных, экономических, общепрофессиональных, специальных дисциплин, прохождение производственного обучения и профессиональной практики по приобретению и закреплению профессиональных навыков;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      присвоение обучающимся повышенного уровня профессионал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ьной квалификации по конкретной специальности;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) обеспечивающие подготовку специалистов среднего звена.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Содержание образовательных учебных программ предусматривает изучение интегрированных образовательных учебных программ технического и профес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сионального образования с образовательными учебными программами 1-2 курсов высших учебных заведений.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      По итогам промежуточной аттестации (после каждого курса обучения) обучающимся присваивается достигнутый уровень профессиональной квалификации (разряд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, класс, категория) по конкретной специальности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      По завершении полного курса обучения и прохождения итоговой аттестации обучающимся присваивается квалификация специалиста среднего звена.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Образовательные учебные программы технического и профе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ссионального образования по специальностям культуры и искусства разрабатываются с учетом принципа ранней профессионализации и особенностей подготовки обучающихся по указанным специальностям. Продолжительность обучения зависит от сложности учебных программ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и уровня присваиваемой квалификации и определяется соответствующим государственным общеобязательным стандартом образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Образовательные учебные программы технического и профессионального образования для граждан, имеющих общее среднее образован</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ие, предусматривают изучение общепрофессиональных, экономических, специальных дисциплин и выполнение учебно-производственных работ, определяющих будущую профессиональную деятельность по избранной специальности.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Образовательные учебные программы те</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>хнического и профессионального образования состоят из программ теоретического и производственного обучения и профессиональной практики.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      16) в статье 19:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      заголовок и пункт 1 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Статья 19. Специальные образова</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тельные учебные программы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00934C20">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00DC281D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>      1. Специальные образовательные учебные программы разрабатываются на основе образовательных учебных программ начального, основного среднего, общего среднего, технического и профессионального образования и направлены на обучен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ие и развитие лиц с ограниченными возможностями, учитывают психофизические особенности и познавательные возможности обучающихся и воспитанников, определяемые с учетом рекомендаций психолого-медико-педагогических консультаций.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункт 3 после слов "Ре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>спублики Казахстан," дополнить словами "в общеобразовательных школах";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      17) в части первой пункта 1 статьи 20 слова "младших специалистов обслуживающего и управленческого труда по гуманитарным специальностям" заменить словами "специалистов техническог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о, обслуживающего и управленческого труда";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      18) в статье 21:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 2:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      предложение первое части второй изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Профессиональные образовательные учебные программы высшего образования включают дисциплины обяз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ательного компонента и компонента по выбору.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      часть третью изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Высшие учебные заведения вправе на конкурсной основе разрабатывать и внедрять инновационные образовательные учебные программы, содержащие новейшие техно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>логии и методы обучения, направленные на дальнейшее развитие и совершенствование системы образования.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункт 5 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      "5. Высшие военные учебные заведения реализуют профессиональные образовательные учебные программы по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>военным специальностям, утверждаемые руководителем соответствующего государственного органа по согласованию с уполномоченным органом в области образования.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      19) в статье 23:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункт 1 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "1. Образовательные учеб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ные программы дополнительного образования направлены на удовлетворение всесторонних потребностей обучающихся, воспитанников и специалистов.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 2) пункта 2 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2) переподготовки и повышения квалификации специа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>листов, направленные на развитие профессиональных компетенций, адекватных современным требованиям.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      20) статью 24 исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      21) в статье 26:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить пунктами 1-1 и 2-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "1-1. Порядок приема в организации об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>разования, имеющие особый статус, определяется ими самостоятельно.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>3) 3-баптың 1-тармағында:</w:t>
-[...66 lines deleted...]
-        <w:t>"8) оқытудың, тәрбиенің және дамытудың бірлігі;";</w:t>
+        <w:t>"2-1. Прием на обучение граждан Республики Казахстан, которым присужден грант "Өркен", осуществляется специализированными организациями образования "Назарбаев Интеллектуальные школы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>".";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 4:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      слово "высшего" заменить словом "послевузовского";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      после слов "образования в" дополнить словом "ведущих";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить частью второй следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "С гражданами Республики Казахстан, которым присуждена м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>еждународная стипендия "Болашак", заключается договор на обучение по международной стипендии "Болашак".";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункт 5 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "5. При проведении конкурса на получение образовательных грантов, а также на зачисление в состав об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>учающихся по государственному образовательному заказу на подготовку кадров с техническим и профессиональным, послесредним и высшим образованием преимущественное право имеют:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) лица, награжденные знаком "Алтын белгі";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) лица, имеющие документы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об образовании автономных организаций образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) победители международных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам (награжденные дипломами первой, второй и третьей степени), республиканских и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> международных конкурсов исполнителей и спортивных соревнований (награжденные дипломами первой, второй и третьей степени) последних трех лет, перечень которых определяется уполномоченным органом в области образования, а также победители Президентской, респ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>убликанских олимпиад и конкурсов научных проектов по общеобразовательным предметам (награжденные дипломами первой, второй и третьей степени) текущего года при условии соответствия выбранной ими специальности предмету олимпиады, конкурса или спортивного сор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>евнования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      В случае одинаковых показателей при проведении конкурса на получение образовательных грантов, а также на зачисление в состав обучающихся по государственному образовательному заказу на подготовку кадров с техническим и профессиональным, пос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лесредним и высшим образованием преимущественное право имеют дети-сироты и дети, оставшиеся без попечения родителей, инвалиды I и II групп, лица, приравненные по льготам и гарантиям к участникам войны и инвалидам войны, инвалиды с детства, дети-инвалиды, к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оторым согласно заключению медико-социальной экспертизы не противопоказано обучение в соответствующих организациях образования, и лица, имеющие документы об образовании (свидетельства, аттестаты, дипломы) с отличием.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить пунктом 5-1 следующег</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "5-1. В случае отказа обладателя образовательного гранта до зачисления его в высшее учебное заведение свидетельство о присуждении образовательного гранта аннулируется, а образовательный грант присуждается в установленном порядке.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>  в пункте 7 слова "и научно-исследовательские организации" исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      22) в статье 27 слова "и экстерната" заменить словами ", экстерната и дистанционной форме обучения для детей с ограниченными возможностями";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      23) в статье 28:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      в пункте </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1 слова "учебными программами и рабочими учебными планами" заменить словами "учебными планами и рабочими учебными программами";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в части первой пункта 3 слово "учебного" заменить словом "образовательного";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункт 9 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      "9. Итоговая аттестация обучающихся в организациях общего среднего образования осуществляется в форме единого национального тестирования или в форме государственного выпускного экзамена.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Итоговая аттестация обучающихся в организациях общего сре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>днего образования и желающих в год завершения обучения поступить в организации образования, дающие послесреднее или высшее образование, осуществляется в форме единого национального тестирования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Итоговая аттестация обучающихся в организациях общего с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>реднего образования, не принявших участие в едином национальном тестировании, в случаях, определяемых Правительством Республики Казахстан, осуществляется в форме государственного выпускного экзамена и позволяет в год завершения обучения поступить в организ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ации образования, дающие послесреднее или высшее образование, через комплексное тестирование.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      24) в статье 29:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в заголовке слова "научной и учебно-методической" заменить словами "учебно-методической и научно-методической";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 1:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>     слова "науки и образования" заменить словами "образования и науки";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      слова "научная и учебно-методическая" заменить словами "учебно-методическая и научно-методическая";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 2:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в абзаце первом слова "научной и учебно-методической"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заменить словами "учебно-методической и научно-методической";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в абзаце третьем слова "департаментов образования" заменить словами "органов управления образованием";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 3 слова "научной и учебно-методической", "научного и учебно-методичес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кого" заменить соответственно словами "учебно-методической и научно-методической", "учебно-методического и научно-методического";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      25) статью 30 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Статья 30. Дошкольное воспитание и обучение</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00934C20">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00DC281D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      4) 4-бапта:</w:t>
-[...434 lines deleted...]
-        <w:t>"25-1) осы Заңның 8-бабы 4-тармағының екінші бөлігінде аталған азаматтарға әлеуметтік көмектің мөлшерін, көздерін, түрлерін және оны беру тәртібін айқындайды;";</w:t>
+        <w:t>      1. Дошкольное восп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>итание детей до шести (семи) лет осуществляется в семье или с одного года до достижения школьного возраста в дошкольных организациях.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Дошкольное обучение осуществляется с пяти лет в виде предшкольной подготовки детей к обучению в школе.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Пред</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>школьная подготовка обязательна и осуществляется в семье, дошкольных организациях, предшкольных классах общеобразовательных школ, лицеев и гимназий.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Предшкольная подготовка в государственных организациях образования является бесплатной.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      26) в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> статье 31:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункт 1 после слова "шести" дополнить словом "(семи)";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункт 2 после слов "являются школа," дополнить словами "малокомплектная школа,";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      27) в статье 32:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в части первой пункта 1 слова "профессиональных лицеях," исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункт 2 исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      28) дополнить статьей 32-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Статья 32-1. Профессиональная подготовка</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00934C20">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00DC281D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      5) 5-бапта:</w:t>
-[...1619 lines deleted...]
-        <w:t>46-9) мектеп-интернаттарға, бейіндік мектептерге қойылатын техникалық талаптарды әзірлеуді ұйымдастырады және бекітеді;";</w:t>
+        <w:t xml:space="preserve">      1. Профессиональная подготовка направлена на ускоренное приобретение обучающимися новых или измененных профессиональных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>навыков, необходимых для выполнения определенного вида работ. Профессиональная подготовка не сопровождается повышением образовательного уровня обучающегося.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2. Профессиональная подготовка работников или иных лиц, не состоящих в трудовых отношениях с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>работодателем, проводится работодателем непосредственно в организации, учебных центрах, на курсах, а также в различных учебно-производственных структурах юридических лиц или в организациях образования, реализующих образовательные учебные программы техничес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кого и профессионального, послесреднего образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Профессиональная подготовка осуществляется за счет средств работодателя или иных средств, не запрещенных законодательством Республики Казахстан, в соответствии с договором обучения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Формы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> содержание и объем профессиональной подготовки определяются работодателем на основании действующих образовательных учебных программ по соответствующей профессии.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      К формам профессиональной подготовки относятся обучение на предприятии, переобучение по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> другой специальности, кооперативное обучение на основе корпоративной ответственности и ученичества.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4. Лицам, успешно прошедшим квалификационный экзамен по оценке профессиональной подготовленности, присваивается соответствующий уровень квалификации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>по конкретной специальности и выдается свидетельство (сертификат) о присвоении квалификации установленного образца.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      29) в части второй статьи 33 слово "гуманитарным" исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      30) статью 34 исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      31) части первую и вторую пункта 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 35 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2. Профессиональные образовательные учебные программы высшего образования реализуются в высших учебных заведениях.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Основными видами высших учебных заведений являются национальный исследовательский унив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ерситет, национальное высшее учебное заведение, исследовательский университет, университет, академия, институт и приравненные к ним (консерватория, высшая школа, высшее училище).";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      32) пункт 2 статьи 36 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2. Послев</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>узовское образование осуществляется в магистратуре и докторантуре высших учебных заведений, в резидентуре высших учебных заведений и научных организаций, а также путем направления стипендиатов международной стипендии "Болашак" на обучение в ведущие зарубеж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ные высшие учебные заведения по очной форме обучения в соответствии с перечнем специальностей, ежегодно утверждаемым в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Реализация профессиональных образовательных учебных программ послеву</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>зовского образования по военным специальностям осуществляется в адъюнктуре высших военных учебных заведений.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      33) статью 37 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Статья 37. Дополнительное образование</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00934C20">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00DC281D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      6) 6-бапта:</w:t>
-[...1289 lines deleted...]
-        <w:t>рталықтарының) жұмыс істеуін қамтамасыз етеді;";</w:t>
+        <w:t>      1. Дополнительное образование детей осущест</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>вляется в организациях образования и внешкольных организациях, виды которых определяются уполномоченным органом в области образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Образовательные услуги по образовательным учебным программам дополнительного образования обучающимся предоставляютс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>я организациями образования, реализующими общеобразовательные учебные программы начального, основного среднего и общего среднего образования, и на договорной основе.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      2. Образование взрослых (лиц, достигших восемнадцатилетнего возраста) направлено на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>удовлетворение их образовательных потребностей в течение всей жизни для получения дополнительного объема знаний и навыков в соответствии с происходящими социально-экономическими изменениями в обществе.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Образование взрослых осуществляется организациям</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>и образования, а также юридическими лицами, имеющими структурные подразделения, реализующими дополнительные образовательные учебные программы.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3. Повышение квалификации и переподготовка кадров осуществляются в организациях образования, реализующих об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>разовательные учебные программы дополнительного образования, научных организациях, институтах повышения квалификации, на производстве и при прохождении стажировки научными, педагогическими, инженерно-техническими и медицинскими работниками в зарубежных орг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>анизациях по международной стипендии "Болашак".</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4. Повышение квалификации руководящих кадров, педагогических и научных работников организаций образования осуществляется не реже одного раза в пять лет.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      5. Повышение квалификации и переподготовка </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>медицинских и фармацевтических кадров осуществляются в медицинских организациях образования и науки.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6. Граждане Республики Казахстан вправе участвовать в конкурсе на присуждение международной стипендии "Болашак" для прохождения стажировки.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Нау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>чный руководитель победителя Президентской олимпиады имеет преимущественное право при равенстве баллов на присуждение международной стипендии "Болашак" для прохождения стажировки.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      С гражданами Республики Казахстан, которым присуждена международная ст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ипендия "Болашак", заключается договор о прохождении стажировки по международной стипендии "Болашак".";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      34) дополнить статьей 37-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Статья 37-1. Индивидуальная педагогическая деятельность</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00934C20">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00DC281D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...7 lines deleted...]
-        <w:t>7) 7-баптың 2-тармағындағы "оның ішінде ведомстволық" деген сөздер алып тасталсын;</w:t>
+        <w:t>      1. Индивидуальная педагогич</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>еская деятельность, сопровождающаяся получением доходов, является предпринимательской деятельностью. Государственная регистрация лица, занимающегося индивидуальной педагогической деятельностью, осуществляется в соответствии с законодательством Республики К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>азахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Индивидуальная педагогическая деятельность не лицензируется.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      35) в статье 39:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункт 1 дополнить частью второй следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Организации образования, прошедшие специализированную аккредитацию в аккредитационн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ых органах, внесенных в реестр аккредитационных органов, аккредитованных организаций образования и образовательных учебных программ, вправе выдавать гражданам документы об образовании собственного образца по аккредитованным образовательным учебным программ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ам (специальностям).";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить пунктом 1-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "1-1. Организации образования, имеющие особый статус, могут выдавать документы об образовании собственного образца.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункт 2 после слова "образца" дополнить словами "либ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о собственного образца,";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить пунктом 5 следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "5. Документы об образовании, выданные зарубежными высшими учебными заведениями, научными центрами и лабораториями гражданам Республики Казахстан – обладателям международной с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>типендии "Болашак", признаются в Республике Казахстан без прохождения процедур признания или нострификации.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      36) в статье 40:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить пунктом 2-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2-1. В случае неполучения лицензии на право занятия образовательн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ой деятельностью в течение шести месяцев с момента государственной регистрации в качестве юридического лица организация образования ликвидируется в судебном порядке.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Течение данного срока приостанавливается на срок рассмотрения уполномоченным органом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в области образования материалов организации образования о получении лицензии на право занятия образовательной деятельностью.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункт 4 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "4. Организации образования в зависимости от реализуемых образовательных уче</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бных программ могут быть следующих типов:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) дошкольные организации;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) общеобразовательные организации (начального, основного среднего, общего среднего);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) технического и профессионального образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) послесреднего образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) высшего образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) высшего и послевузовского образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      7) специализированные организации образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      8) специальные организации образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      9) организации образования для детей-сирот и детей, оставшихся без попе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>чения родителей (законных представителей);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      10) организации дополнительного образования для детей;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      11) организации дополнительного образования для взрослых.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Номенклатура видов организаций образования утверждается уполномоченным органом в о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бласти образования.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      37) пункт 1 статьи 41 дополнить подпунктом 4-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "4-1) основания и порядок отчисления обучающихся, воспитанников;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      38) в статье 43:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 3:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 2) изложить в следующей реда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2) разработка и утверждение рабочих учебных планов и рабочих учебных программ, кроме утверждения рабочих учебных программ по военным специальностям;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктом 2-1) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      "2-1) разработка и утверждение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>образовательных учебных программ с сокращенными сроками обучения;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 15) слово "законами" заменить словом "законодательством";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 16) исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 17) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "17) присуждение обучающим</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ся в высших учебных заведениях академических степеней "бакалавр" и "магистр";";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктом 18) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "18) внедрение современных форм профессиональной подготовки кадров.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить пунктами 4 и 5 следующего соде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ржания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "4. Организация образования, имеющая особый статус, самостоятельно утверждает форму договора оказания образовательных услуг.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Организации образования, имеющие особый статус, осуществляют образовательную деятельность на основе самостоя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тельно разработанных образовательных учебных программ, соотношения обучающихся и профессорско-преподавательского состава, норм учебной нагрузки, форм и размеров оплаты труда.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      39) в статье 44:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункт 4 исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 5 слово "Правите</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>льством" заменить словом "законодательством";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 6 слова "должности и освобождает от должностей своих заместителей и" заменить словами "должность и освобождает от должности";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      40) дополнить статьей 45-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Статья</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 45-1. Социальное партнерство в области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>                    профессионального образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00934C20">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00DC281D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      8) 8-бапта:</w:t>
-[...369 lines deleted...]
-        <w:t>5-тармақтағы "емдеу ұйымдарында" деген сөздер "стационарлық көмек, сондай-ақ қалпына келтіру емін және медициналық оңалту көрсететін ұйымдарда" деген сөздермен ауыстырылсын;</w:t>
+        <w:t>      1. Социальное партнерство в области профессионального образования ориентировано на повышение адекватности результатов деятельности системы образования, приближе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ние уровня подготовки кадров к потребностям отраслей экономики и работодателей, укрепление связей обучения с производством, привлечение дополнительных источников финансирования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2. Основными направлениями взаимодействия партнеров в области профессион</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ального образования являются:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) участие работодателей в разработке государственных общеобязательных стандартов образования, типовых учебных планов и программ;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) организация профессиональной практики обучающихся с использованием технологическо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>й базы предприятий, стажировок преподавателей специальных дисциплин и специалистов;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) развитие взаимодействия сторон по вопросам подготовки специалистов и содействия их трудоустройству;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      4) привлечение к процессу обучения специалистов, имеющих </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>опыт профессиональной деятельности в соответствующих отраслях экономики;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5) участие в организации контроля качества профессионального образования и оценке профессиональной подготовленности выпускников;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6) привлечение финансовых средств работода</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>телей на развитие организаций образования.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      41) в статье 47:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      часть вторую пункта 2 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "К обучающимся относятся учащиеся, кадеты, студенты, магистранты, адъюнкты, интерны, курсанты, слушатели и докторанты.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>    в пункте 3:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 6) после слов "специальности на другую" дополнить словами ", с платной основы на обучение по государственному образовательному заказу";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 7) слова "в порядке, установленном Правительством Республики Казахстан"</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 8) после слова "залами," дополнить словами "компьютерными классами и";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить пунктом 6-2 следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "6-2. Победители международных олимпиад и конкурсов научных проектов (научных соревнований) по общеоб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разовательным предметам последних трех лет, а также участники данных международных олимпиад и конкурсов научных проектов (научных соревнований) по общеобразовательным предметам текущего года (за исключением выпускников, претендующих на получение аттестата </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>особого образца и знака "Алтын белгі") получают сертификаты о результатах единого национального тестирования, выданные уполномоченным органом в области образования, на основании перевода итоговых оценок в баллы сертификатов. Шкала для перевода годовых оцен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ок обучающегося в баллы сертификатов утверждается уполномоченным органом в области образования.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 7:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      части первую и вторую изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "7. Студентам, интернам, магистрантам, докторантам, слушателям резидентуры,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> слушателям подготовительных отделений высших учебных заведений, обучающимся в организациях образования по государственному образовательному заказу по очной форме обучения (кроме учащихся профессиональных лицеев), может выплачиваться государственная стипен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дия. Правила назначения и выплаты государственной стипендии, а также ее размеры утверждаются Правительством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Государственная именная стипендия выплачивается наиболее одаренным магистрантам высших учебных заведений и обучающимся в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ысших учебных заведений Республики Казахстан по очной форме обучения на основании решений ученых советов высших учебных заведений.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить частью третьей следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Инвалиды по зрению и инвалиды по слуху, дети-сироты и дети, ос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тавшиеся без попечения родителей и находящиеся под опекой (попечительством), а также студенты и магистранты, имеющие по результатам очередной промежуточной аттестации обучающихся только оценки "отлично", имеют право на получение повышенной государственной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>стипендии, размер которой определяется Правительством Республики Казахстан.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункт 8 исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить пунктом 15-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "15-1. Обучающиеся обязаны соблюдать форму одежды, установленную в организации образования.";</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
-[...32 lines deleted...]
-        <w:t>ейімделуіне арнайы жағдайлар жасауды қамтамасыз етеді.";</w:t>
+        <w:t>     пункт 17 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "17. Граждане из числа аульной (сельской) молодежи, поступившие в пределах квоты, установленной подпунктом 3) пункта 8 статьи 26 настоящего Закона, на обучение по педагогическим, медицинским и ветеринарным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специальностям, обязаны отработать соответственно в государственных организациях образования, государственных медицинских организациях, в подразделениях государственных органов, осуществляющих деятельность в области ветеринарии, либо в государственных вет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>еринарных организациях, расположенных в сельской местности, не менее трех лет после окончания высшего учебного заведения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Граждане, обучающиеся по педагогическим и медицинским специальностям на основе государственного образовательного заказа, обязаны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отработать в государственных организациях образования и государственных медицинских организациях в порядке, определяемом Правительством Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Граждане, поступившие на обучение в докторантуру по программе докторов философии (PhD) на о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>снове государственного образовательного заказа, обязаны отработать в высших учебных заведениях или научных организациях не менее трех лет после завершения обучения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Обеспечение мониторинга и контроля за соблюдением выполнения лицами, указанными в нас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тоящем пункте, своих обязанностей по отработке или возмещению расходов бюджетных средств в случае неотработки возлагается на поверенного агента уполномоченного органа в области образования.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить пунктами 17-1, 17-2, 17-3 и 17-4 следующего соде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ржания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "17-1. Право на первоочередное распределение на работу в государственные организации образования и государственные медицинские организации имеют:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) лица, супруги которых проживают, работают или проходят службу в населенном пункте, пред</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>оставившем вакансию, или близ-расположенном населенном пункте;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) лица, у которых один или оба родителя являются инвалидами I и II группы, а также лица, являющиеся опекунами и попечителями, постоянно проживающие в населенном пункте, предоставившем ва</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кансию.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      17-2. Освобождение от обязанности по отработке, предусмотренной пунктом 17 настоящей статьи, предоставляется решением комиссии по персональному распределению молодых специалистов следующим категориям молодых специалистов:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) лицам в слу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>чае отсутствия вакансий в населенном пункте либо в близрасположенном населенном пункте по месту проживания, работы или прохождения службы супруга (супруги);</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) инвалидам I и II группы;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) лицам, поступившим для дальнейшего обучения в магистрату</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ру, резидентуру, докторантуру;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) беременным женщинам, лицам, имеющим, а также самостоятельно воспитывающим ребенка (детей) в возрасте до трех лет.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      17-3. Прекращение обязанности по отработке, предусмотренной пунктом 17 настоящей статьи, без воз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мещения расходов, понесенных за счет бюджетных средств, связанных с обучением, наступает:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) в связи с исполнением обязанностей по отработке;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) в связи со смертью обучающегося (молодого специалиста), подтверждаемой соответствующими документами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) в случае установления инвалидности I и II группы в течение срока отработки;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      4) в связи с освобождением от обязанности по отработке в случаях, предусмотренных пунктом 17-2 настоящей статьи.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      17-4. За неисполнение обязанности по отработ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ке, предусмотренной пунктом 17 настоящей статьи, молодой специалист обязан возместить расходы, понесенные за счет бюджетных средств в связи с его обучением, за исключением случаев, предусмотренных пунктом 17-2 настоящей статьи, в бюджет.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      42) в стат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ье 48:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 1 слово "стимулированию" заменить словом "формированию";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 4 слова "среднего, технического и профессионального" заменить словами "начального, основного среднего, общего среднего, технического и профессионального, послесре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>днего";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      43) подпункты 2) и 3) пункта 2 статьи 49 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2) обеспечить предшкольную подготовку с дальнейшим определением детей в общеобразовательную школу;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) выполнять правила, определенные уставом организации обр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>азования;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      44) в статье 51:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в части второй пункта 3 слова "и трудовым договором" исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить пунктом 6 следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "6. Педагогическим работникам запрещается использовать образовательный процесс в целях политичес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кой агитации, религиозной пропаганды или для побуждения обучающихся к действиям, противоречащим Конституции Республики Казахстан и законодательству Республики Казахстан.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      45) в статье 52:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в части второй пункта 1:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      слово "негосударственных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>" заменить словом "частных";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      слово "действующим" исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункт 4 после слова "эксперимента" дополнить словами ", за работу с детьми с ограниченными возможностями";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункт 5 после слова "работников" дополнить словом "государственных";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>    в пункте 7:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в части первой:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в абзаце первом слова "государственных организаций образования устанавливается не более" заменить словами ", непосредственно осуществляющих учебно-воспитательный процесс в государственных организациях образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, устанавливается";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 1):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      абзац второй изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "для организаций начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      абзац третий исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить подпунктом 4) следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "4) 25 часов для воспитателей специальных организаций образования и организаций образования для детей-сирот и детей, оставшихся без попечения родителей.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      часть вторую изложить в следующей р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>едакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Продолжительность рабочего времени работников организаций образования, для которых не установлена нормативная учебная нагрузка, устанавливается в соответствии с трудовым законодательством Республики Казахстан.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      абзац первый пункта 8 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>после слова "государственного" дополнить словом "образовательного";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      46) в статье 53:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 2) пункта 1 после слов "56 календарных дней для педагогических работников" дополнить словами "и приравненных к ним лиц";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 3:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нкт 2) дополнить словами ", направления расходования которого определяются Правительством Республики Казахстан";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 3) слова "государственный грант" заменить словом "вознаграждение";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      47) в статье 55:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      пункт 3 изложить в следующей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "3. Образовательный мониторинг осуществляется с помощью комплекса статистических и аналитических оценочных показателей для внешней и внутренней оценки качества системы образования.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить пунктами 4, 5 и 6 следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>      "4. Внешняя оценка учебных достижений является одним из видов независимого от организаций образования мониторинга за качеством обучения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Внешняя оценка учебных достижений осуществляется в целях оценки качества образовательных услуг и определени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>я уровня освоения обучающимися образовательных учебных программ основного среднего, общего среднего образования и объема учебных дисциплин, предусмотренных государственными общеобязательными стандартами образования высшего образования.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      5. Внешняя оце</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>нка учебных достижений проводится после окончания основного среднего, общего среднего и высшего образования:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в основной школе (после 9 (10) класса) – с целью определения дальнейшей траектории обучения;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в общей средней (профильной) школе – с цел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ью оценивания уровня учебных достижений;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в высшем образовании – выборочно, с целью мониторинга освоения учебной программы по направлениям обучения.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      6. Перечень организаций основного среднего, общего среднего образования и специальностей высшего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, по которым проводится внешняя оценка учебных достижений, определяется уполномоченным органом в области образования.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      48) пункт 2 статьи 57 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2. Лицензирование образовательной деятельности юридических</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лиц, реализующих образовательные учебные программы технического и профессионального, послесреднего, высшего, послевузовского образования, по новым для них профессиям и специальностям с учетом уровней профессиональной квалификации производится на общих осн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ованиях независимо от наличия у них лицензии.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      49) статью 58 исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      50) в статье 59:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 3:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 2) исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      подпункт 3) изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "3) контроль за соблюдением законодательства Республ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ики Казахстан об образовании и квалификационных требований, предъявляемых к образовательной деятельности.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункт 4 дополнить частями второй и третьей следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Для организаций образования, реализующих образовательные учебные прог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>раммы технического и профессионального образования, послесреднего, высшего и послевузовского образования, государственная аттестация осуществляется также по специальностям.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Организации образования, прошедшие институциональную и специализированную акк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">редитацию в аккредитационных органах, внесенных в реестр аккредитационных органов, аккредитованных организаций образования и образовательных учебных программ, освобождаются от процедуры государственной аттестации по аккредитованным образовательным учебным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>программам (специальностям) на срок аккредитации, но не более 5 лет.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить пунктом 4-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      "4-1. Организации образования, подлежащие государственной аттестации, проводят самооценку и представляют материалы самооценки в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>государственные органы управления образованием.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункты 6 и 7 исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      51) подпункт 4) пункта 3 статьи 61 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "4) кредиты финансовых организаций;";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      52) в статье 62:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      часть вторую пункта 3 исключить</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      пункт 4 дополнить частью второй следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "Перечень услуг, связанных с государственным образовательным заказом, утверждается уполномоченным органом в области образования.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">      в части третьей пункта 5 слова ", предусмотренная </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>международными договорами, заключенными Республикой Казахстан," заменить словами "и (или) их филиалах, созданных в порядке, предусмотренном пунктом 4 статьи 65 настоящего Закона,";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить пунктом 5-1 следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "5-1. Финансирован</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ие подготовки кадров с высшим образованием на основе образовательного гранта осуществляется в организациях образования, прошедших институциональную аккредитацию в аккредитационных органах, внесенных в реестр аккредитационных органов, аккредитованных органи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>заций образования и образовательных учебных программ.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Финансирование подготовки кадров по отдельным специальностям высшего образования на основе образовательного гранта осуществляется в организациях образования, прошедших специализированную аккредита</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>цию по этим специальностям в аккредитованных органах, внесенных в реестр аккредитационных органов, аккредитованных организаций образования и образовательных учебных программ.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Финансирование подготовки кадров по специальностям послевузовского образова</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ния на основе образовательного заказа осуществляется в организациях образования, прошедших институциональную аккредитацию в аккредитационных органах, внесенных в реестр аккредитационных органов, аккредитованных организаций образования и образовательных уче</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бных программ.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      Финансирование подготовки кадров по отдельным специальностям послевузовского образования на основе образовательного заказа осуществляется в организациях образования по образовательным учебным программам, прошедшим специализированную ак</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кредитацию в аккредитационных органах, внесенных в реестр аккредитационных органов, аккредитованных организаций образования и образовательных учебных программ.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в части второй пункта 8:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      слово "послесреднего," исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      слова "по договор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>у возмездного оказания образовательных услуг" заменить словами "на платной основе";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      дополнить словами "или государственного образовательного заказа";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      53) в статье 63:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 2:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      часть первую изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственным учреждениям образования запрещается:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) предоставлять обучающимся и воспитанникам образовательные услуги на платной основе в рамках государственного общеобязательного стандарта образования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) взимать с учащихся и педагогически</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>х работников деньги, за исключением случаев, предусмотренных пунктом 3 статьи 63 настоящего Закона.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в части второй слова "учебные программы профессионального обучения по подготовке работников массовых профессий" заменить словами "образовательные уч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ебные программы технического и профессионального образования";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в пункте 3:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      абзац первый после слов "платной основе" дополнить словами "с заключением договора об оказании платных услуг";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      в подпункте 8) слово "обучения" заменить словом "обр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>азования";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      предложение второе части первой пункта 6 исключить;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      54) статью 64 дополнить пунктом 4 следующего содержания:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "4. Государственные учреждения среднего образования, получившие на конкурсной основе грант "Лучшая организация среднег</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>о образования", расходуют грант на материально-техническое и научно-методическое обеспечение образовательного процесса.";</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      55) пункт 2 статьи 68 изложить в следующей редакции:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      "2. Лица, поступившие на обучение с соответствующими сроками обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в организации образования до введения в действие настоящего Закона, заканчивают обучение по образовательным программам, действовавшим на момент поступления на обучение, с выдачей документа об образовании установленного образца, действовавшего на момент по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ступления на обучение.".</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidRDefault="00934C20">
-[...7660 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidRDefault="00934C20">
+    <w:p w:rsidR="00000000" w:rsidRDefault="00DC281D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000080"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2-бап.</w:t>
-[...82 lines deleted...]
-        <w:t>тінші және сегізінші абзацтарын қоспағанда, алғашқы ресми жарияланғанынан кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi.</w:t>
+        <w:t>Статья 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Настоящий Закон вводится в действие по истечении десяти календарных дней после его первого официального опубликования, за исключением:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      1) абзацев одиннадцатого – двадцать третьего подпункта 5), абзацев шестого</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, двадцать шестого, сорок шестого подпункта 6) статьи 1, которые вводятся в действие по истечении шести месяцев после его первого официального опубликования;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      2) абзацев девятого и десятого подпункта 52) статьи 1, которые вводятся в действие с 1 январ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>я 2014 года;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>      3) абзацев седьмого и восьмого подпункта 52) статьи 1, которые вводятся в действие с 1 января 2015 года.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00934C20" w:rsidRDefault="00934C20">
+    <w:p w:rsidR="00DC281D" w:rsidRDefault="00DC281D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t>      Президент</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Zan Courier New" w:hAnsi="Zan Courier New" w:cs="Zan Courier New"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Қазақстан</w:t>
-[...27 lines deleted...]
-        <w:t>      Президенті                                 Н. НАЗАРБАЕВ</w:t>
+        <w:t>      Республики Казахстан                       Н. НАЗАРБАЕВ</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00934C20">
+    <w:sectPr w:rsidR="00DC281D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -13957,54 +8424,54 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:view w:val="web"/>
   <w:zoom w:percent="86"/>
   <w:defaultTabStop w:val="708"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="002C2F21"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BF3CFE"/>
+    <w:rsidRoot w:val="00E32568"/>
+    <w:rsid w:val="000917E5"/>
+    <w:rsid w:val="00DC281D"/>
+    <w:rsid w:val="00E32568"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -14529,52 +8996,52 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>70734</Characters>
+  <Pages>9</Pages>
+  <Words>12333</Words>
+  <Characters>70299</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>589</Lines>
-  <Paragraphs>165</Paragraphs>
+  <Lines>585</Lines>
+  <Paragraphs>164</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>82978</CharactersWithSpaces>
+  <CharactersWithSpaces>82468</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Z1100000487.20111024.kaz</dc:title>
+  <dc:title>Z1100000487.20111024.rus</dc:title>
   <dc:creator>Асхат</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>